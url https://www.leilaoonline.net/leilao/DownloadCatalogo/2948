--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211504", "056")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211504", " 2 UNIDADES. - ELEVADOR FINOS 12T/H DESC 9,45M / 7109390. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>19.800,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211498", "157")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211498", " 11 UNIDADES. - TUBO HIDRÁULICO 181, 8X35, 6X110LG 20MNV6V / 199734. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211499", "210")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211499", " 11 UNIDADES. - TUBO HIDRÁULICO 181, 8X35, 6X110LG 20MNV6V / 199734. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211500", "253")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211500", " 1 UNIDADE. - ESTR. SILO 2M³ MTD CJ / 7106216. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211495", "310")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211495", " 11 UNIDADES. - TUBO HIDRÁULICO 181, 8X35, 6X110LG 20MNV6V / 199734. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211494", "316")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211494", " 2 UNIDADES. - CJ COMPL. RODADO S-1303 ( MITAS 365/80 ) / 2419923. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211497", "333")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211497", " 3 UNIDADES. - TANQUE DÁGUA FRONTAL HD 90 / 1460986. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211501", "399")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211501", " 1 UNIDADE. - COMPRESSOR SCHULZ 100PCM 50HZ / 7105862. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>7.700,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211502", "409")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211502", " 2 UNIDADES. - CÂMARA DE COMBUSTÃO UACF17 / 7109067. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211496", "504")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211496", " 1 UNIDADE. - CAPÔ FRONTAL / 2538213. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>3.300,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211506", "574")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211506", "FIAT STRADA WORKING; ANO 2016/2016; BRANCA. - LOC. CAMPINAS/SP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211507", "584")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211507", "FIAT STRADA WORKING; ANO 2016/2016; BRANCA. - LOC. CAMPINAS/SP")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211508", "674")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211508", "FIAT STRADA WORKING; ANO 2016/2016; BRANCA. - LOC. CAMPINAS/SP")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211493", "710")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211493", " 11 UNIDADES. - TUBO HIDRÁULICO 181, 8X35, 6X110LG 20MNV6V / 199734. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211503", "845")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211503", " 2 UNIDADES. - CÂMARA DE COMBUSTÃO UACF17 / 7109067. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>