--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211529", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211529", "Plataforma Articulada JLG 450 AJ - 2000")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>60.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211530", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211530", "Plataforma Haulotte C12 - 2007")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211531", "101")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211531", "Lote com: 03 balcões refrigerados - Arneg Brasil - 2011 - Sendo 02 unid.: Balcão azul 3,75 x 2,00 x 1,97 - 01 unid: balcão vermelho - 3,82 x 1,28 x,1,22")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211532", "201")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211532", "VW Fusca 1978 - Funcionando")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211826", "301")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211826", "Caçamba Basculante truck - Com bomba ( somente caçamba)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...10 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211827", "302")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211827", "Baú baia de bebidas 10 portas para caminhão truck- Operacional")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211828", "303")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211828", "Baú baia de bebidas 10 portas para caminhão truck - Operacional")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...42 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211829", "304")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211829", "Baú baia de bebidas 10 portas para caminhão truck - Operacional ( somente baú)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...10 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211830", "305")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211830", "[vídeo] Compactador Usimeca 19m2 - Com Bomba - Operacional ( somente compactador)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C18" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211831", "306")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/211831", "Capota de fibra para VW Amarok cab.Simples")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D18" s="4" t="inlineStr">
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212161", "307")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212161", "[vídeo] Caçamba Bitruck - Truck Hélio - 14m Cúbicos na lata - 2,55m Largura - Pistão frontal Kit Hyva - Com bomba e reservatório - Operacional (somente caçamba)")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>