--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,3803 +269,3331 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212975", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212975", "EMPILHADEIRA TOYOTA DE 10 TON MOTOR OMB 366 CAIXA CLARK")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212977", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212977", " EMPILHADEIRA YALE DE 8 TON")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212895", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212895", " ROLO COMPACTADOR DYNAPAC LR100")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212990", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212990", " TRATOR DE ESTEIRA CATERPILLAR D4E. NO ESTADO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212989", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212989", "[ VÍDEO ] RETROESCAVADEIRA 580H. OPERACIONAL")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213072", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213072", "EIXO DIANTEIRO CAT 416E 4x2")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213071", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213071", " TANQUE PIPA PRA 5 MIL LITROS")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212279", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212279", "EMPILHADEIRA YALE ANO 2000 OPERACIONAL, DE 2,5 T, TORRE TRIPLEX COM DESLOCAMENTO COMANDO HIDRAULICO , GLP E PAR DE GARFO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212299", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212299", " EMPILHADEIRA YALE ANO 2000 OPERACIONAL, DE 2,5 T, TORRE TRIPLEX COM DESLOCAMENTO COMANDO HIDRAULICO , GLP E PAR DE GARFO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212234", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212234", " PEÇAS DIVERSA DO MOTOR C7")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212235", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212235", " TAMPA DE VALVULAS MOTOR C7")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212290", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212290", " RODA DIANTEIRA COM PNEU RETRO 416E")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212191", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212191", " ESTEIRA DE PUCHE VOGELE  MODELO 14AB2280 / 14AB/AB500")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212211", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212211", " CELA DA PATROL VOLVO G940")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212217", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212217", " TROCADOR DE CALOR COM BOMBA DA AGUA D6TXL")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212225", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212225", "PAR DE COLAR DE AD14 FIATALLIS")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212226", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212226", " TAMPA LATERAL ESQUERDA CAT 924H")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212227", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212227", "RADIADOR VOLVO M10")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212228", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212228", "RADIADOR DO TEMA TERRA  SP255")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212233", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212233", " CHICOTE DO MÓDULO DO MOTOR COM AQUECEDOR C7")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212188", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212188", "COMANDO TRASEIRO COMPLETO KOMATSU D85")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212190", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212190", " MOTO BOMBA MOTOR TOYAMA ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212192", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212192", " RADIADOR HIDRÁULICO  CAT 325C")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212193", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212193", " RADIADOR  DE ÁGUA CAT 325C")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212195", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212195", " RADIADOR DE ÓLEO DE KOMATSU PC220")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212198", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212198", " RADIADOR DE ÁGUA DA KOMATSU PC220")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212199", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212199", " RADIADOR DE OLEO DA ESCAVADEIRA VOLVO 210")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212200", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212200", "CABINE PC200 ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212204", "032")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212204", " PAR DE PISTÃO DO H DA W30D")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212208", "033")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212208", " PISTÃO DO CAIXOTE 621S")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212209", "034")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212209", "MASCARA FRONTAL  D6TLX")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212214", "035")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212214", " CONTROLADOR DE FREIO GRUPO DE VALVULA D6T")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212218", "036")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212218", "[ VÍDEO ] DISCO DE GIRO DA AKERMAN COM 79 DENTES, 36 FUROS INTERNOS, E 50 EXTERNOS")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212223", "037")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212223", " PTO MOTO SCRAPER 621B")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212252", "043")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212252", " BRAÇO STICK DE CAÇAMBA PARA 950G")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212253", "044")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212253", " H DE ARTICULAÇÃO DE CAÇAMBA DE RETROESCAVADEIRA 416E")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212255", "045")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212255", " BRAÇO DE ARRASTO RETRO 416E")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212260", "046")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212260", " BRAÇO DA CONCHA RETRO 416E")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212266", "047")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212266", " PAR DE EIXO DIANTEIRO E TRASEIRO ROLO MULLER TI18")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212272", "048")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212272", " CABINE VAZIA COM VIDROS QUEBRADOS APLICAÇÃO EM ESCAVADEIRA CAT 312D,315D, 320D")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212275", "049")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212275", " MOTOR SCANIA V8 NO ESTADO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212281", "050")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212281", " ARADO HIDRÁULICO DE 5 FACAS")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212288", "051")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212288", " EIXO DIANTEIRO RETRO 416E SIMPLES")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212194", "052")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212194", " RADIADOR DE ÁGUA E ÓLEO FX215")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212196", "053")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212196", "[ VÍDEO ] COROA DE GIRO FIATALLIS FX215")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212197", "054")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212197", " MOTOR DE GIRO DE KOMATSU PC220")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212203", "055")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212203", " 2 RODA GUIA DE ACABADORA VOGELLI 14AB/AB500")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212205", "056")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212205", " RADIADOR ESCAVADEURA 320BL")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212210", "058")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212210", " ESCARIFICADOR PATROL VOLVO G940")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212215", "059")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212215", " JOGO DE ALAVANCAS COM CARCAÇA DO PAINEL E VOLANTE VOLVO G940")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212216", "060")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212216", " TRUCK D6T LADO DIREITO SEM RODA GUIA")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212222", "061")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212222", " RADIADOR MOTO SCRAPER 621A 621B")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212240", "062")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212240", " ROLETES DE TRATOR D6T 6 ROLETES INFERIOR DUPLO, 8 ROLETES INFERIOR SIMPLES, E 2 SUPERIOR, TOTAL DE 16 ROLETES")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212262", "063")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212262", " CAPÔ PA CARREGADEIRA CAT 966H")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212270", "064")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212270", " CABINE PARA ESCAVADEIRA CATERPILLAR 315B E 320B")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212282", "065")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212282", " ROLETES PC200-6 14 INFERIOR E 4 SUPERIOR")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212285", "066")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212285", "MOTOR KOMATSU 6 CILINDRO PC220")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212292", "067")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212292", "BOMBA KOMATSU PC22O")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212189", "069")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212189", "[ VÍDEO ] TRANSMISSÃO KOMATSU D85")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212206", "070")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212206", " MOTOR DE GIRO DA 320BL")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212212", "071")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212212", " MOTOR DE TRAÇÃO DIRECIONAL DO D6TXL")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212221", "073")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212221", " RADIADOR MOTO SCRAPER 631C")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212229", "074")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212229", "DIFERENCIAL VOLVO M10 C/REDUTOR DE CUBO TRASEIRO")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212245", "076")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212245", " PAR DE RODAS DA PA CARREGADEIRA 950G 23X5/25, 20 FUROS")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212246", "077")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212246", " CAÇAMBA DE PÁ CARREGADEIRA 924G")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212256", "078")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212256", " TANQUE EXPAGIDOR")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212259", "079")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212259", " CAÇAMBA PA CARREGADEIRA 950G")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212277", "080")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212277", " MOTOR MERCEDES OM 352 NO ESTADO")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...52 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212280", "081")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212280", "1 REDUTOR DE TRAÇÃO DA FIATALLIS FX215")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212284", "082")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212284", " PAR DE RODAS DA PA CARREGADEIRA 966H 20X5/25")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212296", "083")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212296", " CONCHA WA320")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212201", "084")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212201", "PAR DE ESTEIRA COM 49 ELOS DA ACABADORA VOGELLI 14AB2280")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212220", "085")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212220", " TRANSMISSÃO MOTO SCRAPER 621, 621B, 623B, 627B")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212249", "086")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212249", " CABINE PÁ CARREGADEIRA 924G")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212263", "087")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212263", " LAMINA TRATOR DE ESTEIRA D6T")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212289", "089")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212289", " TRANSMISÃO DA RETRO 416E 4X2 COMPLETA")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212297", "090")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212297", " 04 PNEUS MEDIDA 1.400x24")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212247", "091")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212247", " EIXO DIFERENCIAL TRASEIRO DA 950G")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212261", "092")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212261", " EIXO DIFERENCIAL DIANTEIRO DE PÁ CARREGADEIRA CATERPILLAR 950G")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212273", "093")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212273", " BLOCO DE CATERPILLAR C11 PARA 966H")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212287", "094")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212287", " EIXO TRASEIRO RETRO 416E")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212302", "095")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212302", "CABINE FECHADA PARA PÁ CARREGADEIRA DIVERSA")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212239", "096")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212239", " MOTOR DE GIRO DA KOMATSU PC200-6")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212251", "097")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212251", " EIXO DIFERENCIAL DIANTEIRO DE 966H")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212265", "098")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212265", " TRANSMISSÃO PA CARREGADEIRA 924G C/CONVERSOR PARCIAL")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212283", "099")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212283", "01 COMANDO DE TRAÇÃO DE CAT 320B,C E D")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212301", "100")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212301", " 04 PNEUS MEDIDA 20.5/25")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212241", "102")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212241", " RADIADOR COMPLETO DA PA CARREGADEIRA 950G")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212248", "103")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212248", "[ VÍDEO ] PAR DE COMANDOS DE TRAÇÃO DO D8K")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212304", "104")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212304", "TRANSMISSÃO WA320")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212258", "105")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212258", " CABINE APLICAÇÃO EM TRATOR DE ESTEIRA D6T")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212278", "107")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212278", " TRANSMISSÃO DA 950G2 COMPLETA COM VALVULA SEM AS BOMBAS")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212300", "110")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212300", " MOTOR C4.2")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212291", "112")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212291", " TRATOR AGRALE 2100 OPERACIONAL")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212264", "114")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212264", " MOTOR CATERPILLAR C12 MARITIMO COMPLETO")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212269", "115")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212269", " REBOCADOR MARCA RUCKER OPERACIONAL")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212295", "117")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212295", " MOTOR CUMMINS SERIE B OPERACIONAL")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212306", "119")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212306", "Motor 3066")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212271", "121")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212271", " MOTOR CAT 3126 OPERACIONAL ELETRONICO COMPLETO")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212276", "122")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212276", " REBOCADOR MARCA RUCKER OPERACIONAL")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212976", "123")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212976", "CAMBIO ZF VOLVO E OUTROS")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212978", "124")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212978", "CAMBIO 416E 4x2")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212981", "125")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212981", " CONCHA TRAZEIRA JCB 3C")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
+      <c r="F113" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...20 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212979", "126")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212979", " CAÇAMBA DIANTEIRA JCB 3C")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
+      <c r="F114" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...25 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212980", "127")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212980", " TRANSMISSÃO ZF PARA PÁ CARREGADEIRA")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212984", "128")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212984", "TRANSMISSÃO CLARK PARA ROLO COMPACTADOR DE PNEUS, PATROL E EMPILHADEIRAS")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212983", "129")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212983", " MOTOR 3306 NO ESTADO")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212985", "130")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212985", " MOTOR 3306 NO ESTADO")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212982", "131")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212982", " MOTOR C6.6 NO ESTADO")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...25 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212986", "132")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212986", " MOTOR C4.2 P/312 FUNCIONANDO")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...25 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212987", "133")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212987", "MOTOR PERKINS CAT 42OE TURBINADO")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213451", "135")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213451", "ESTEIRA D8K CAT ORIGINAL LUBRIFICADA ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213069", "136")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213069", " TRATOR AGRALE 410")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213073", "137")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213073", "CABINE DA VOLVO VAZIA L60, L70, L90, L120")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...47 lines deleted...]
-      <c r="D22" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213070", "138")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213070", "EIXO TRASEIRO CAT 416E 4x2")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213452", "139")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213452", "ESTEIRA P/ LIEBHERR 944 e JCB 330")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213498", "140")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213498", "TRANSMISSÃO D6")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E22" s="5" t="inlineStr">
-[...292 lines deleted...]
-      <c r="F31" s="4" t="inlineStr">
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-[...3070 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213499", "141")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213499", "TRANSMISSÃO JCB 2x4")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>