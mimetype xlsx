--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,219 +269,195 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212474", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212474", " Maquina de solda Balmer BR-450 ( com 14 latas de eletrodo, Varetas Tig diversas, 5 rolo de arame Mig)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212478", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212478", " 21 itens: Aprox. 15 Caixas de ferramentas, 02 talhas catraca, 01 cochicho, 01 Soprador térmico Vonder, 01 Alicate amperímetro digital CAT III 600V - 302  e 01 Terrômetro digital minipa MTR-1520D")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212475", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212475", " Aprox. 12 Luminárias industriais Diversas")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212476", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212476", " 05 Válvulas Borboletas Manuais (Diversas)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...53 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212481", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212481", "06 Unidades de Controle de Acesso iDFlex Bio Prox Control iD")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212480", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212480", "02 vigas H - PERFIL W ASTM A 572 GR 50 310 X 97,0 X 6000 MM")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>