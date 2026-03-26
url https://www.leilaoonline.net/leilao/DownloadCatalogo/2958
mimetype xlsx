--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,5691 +269,4983 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213276", "1001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213276", "[ VÍDEO ] MITISUBISHI L200 4X4 GL. ANO 2010")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213248", "1002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213248", "Toyota Hilux CD SR XA 4 FD Ano 2015/2016 - Diesel")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>119.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213270", "1003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213270", "[ VÍDEOS ] BARCO DE PESCA "REIS DA PESCA"")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213271", "1004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213271", " Veiculo – Volks – modelo – Variant – Ano 1973 – Colecionador – funcionando ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213277", "1005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213277", "SUCATA - FIAT UNO MILLE FIRE FLEX - 2005/2006")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>990,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213278", "1006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213278", "VW GOL 1.6 RALLYE ANO 2012/2013 /COR PRETA /FLEX ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213275", "1007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213275", "VW / PARATI 1.8 CONFORT L . FLEX. ANO 06/06")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213258", "1012")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213258", " Nissan Frontier S. 4x4. Diesel. Ano 2014")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213264", "1016")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213264", "FORD RURAL WILLYS GASOLINA E GNV. ANO 1966")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213266", "1017")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213266", " FIAT / STRADA WORKING ANO 2013/2014 - BRANCA - FLEX ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213267", "1019")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213267", "VW SAVEIRO 1.8 ano 2005/2006 - FLEX - AMBULÂNCIA ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213274", "2003")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213274", " Caminhão Volvo fh 12 380 4x2 toco ano 2001")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>67.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213253", "2004")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213253", "CAMINHÃO VW 17.190 WORKER. ANO: 2012 / 2013. REVISADO. FUNCIONANDO. PNEUS SEMI NOVOS. CAMINHÂO NO CHASSI. EQUIPAMENTO NÂO INCLUSO.")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213255", "2005")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213255", "CAMINHÃO VW 17.190 WORKER. ANO 2012/ 2013. REVISADO. FUNCIONANDO. PNEUS SEMI NOVOS. EQUIPAMENTO NÃO INCLUSO.")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213260", "2009")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213260", " CAVALO 6X2 VOLVO FH 380-6X2. ANO 2004")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213268", "2011")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213268", "VW 12.170  BT ANO 1999/1999 - BRANCA - DIESEL - TOCO -no chassi")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>49.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212063", "3000")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212063", "PÁ CARREGADEIRA KOMATSU  MOD.WA-380 /209 - ano 2009 - SEM TORQUE - COM MOTOR CUMMINS ELETRÔNICO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212107", "3001")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212107", "[ VÍDEO ] PICADOR FLORESTAL FEZER MÓVEL ANO 2013 - Aprox. 1.000 HORAS - (POUCO USO)")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>560.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212025", "3003")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212025", "Pá Carregadeira Caterpillar mod. 924H ano 2012. Aprox. 10.700 horas (cabine original)")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212029", "3004")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212029", "[ VÍDEOS ] ESCAVADEIRA HIDRÁULICA CATERPILLAR MOD. 312 DL ANO 2014. MOTOR MAXION S4T - APROX. 6.000 HRS.")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>205.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212031", "3005")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212031", "ESCAVADEIRA CATERPILLAR MOD. 315 ANO 2007")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>280.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212037", "3006")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212037", "PÁ CARREGADEIRA SDLG MOD. LG936L ANO 2006")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>170.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212042", "3007")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212042", "[ VÍDEO ] Escavadeira Volvo Ec 220D Ano 2015 Operacional.")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>290.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212017", "3008")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212017", " TRATOR DEUTZ DM ANO 1963 -CILINDROS REFRIGERADOS A AR (ORIGINAL)")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212071", "3009")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212071", "EMPILHADEIRA  MARCA HELI MOD. CPC D100 - CAPAC. 10 TON. ANO 2012 - NO ESTADO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212122", "3010")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212122", "Empilhadeira marca Maximal – capac. 4,5 Ton – Ano 2014 – toda revisada. Operacional")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212150", "3011")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212150", "ESCAVADEIRA CATERPILLAR MOD. 320GC ANO 2021 4 CILINDROS -  1.000 HRS APROX. - ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>450.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212125", "3012")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212125", "TRATOR AGRÍCOLA VOLVO 350")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212062", "3013")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212062", "[ VÍDEO ] PÁ CARREGADEIRA KOMATSU  MOD. WA-320   ANO 2007")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212160", "3014")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212160", "Escavadeira Case 240 ano 2013")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212068", "3015")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212068", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN MOD. 55C ARTICULADA TRANSMISSÃO CLARCK DANA 22.000 - ANO APROX. 1995. BATERIA NOVA")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>109.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212067", "3016")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212067", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN MOD. 55C ARTICULADA TRANSMISSÃO 18.000 - ANO APROX. 1995. BATERIA NOVA")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>89.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212144", "3021")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212144", " PÁ CARREGADEIRA NEW HOLLND MOD. 12B ANO 2008")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>129.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212141", "3022")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212141", " PÁ CARREGADEIRA CASE MOD. W20E ANO 2011")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>220.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212143", "3023")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212143", " PÁ CARREGADEIRA FIATALLIS MOD. 1900B ANO 1980 MOTOR 352 TRANSMISSÃO CLARKVILLE 28")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>79.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212145", "3024")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212145", " PÁ CARREGADEIRA MICHIGAN MOD. 75III ANO 1978")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>62.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212142", "3025")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212142", " EXTRUSORA DE MEIO FIO MOTOR A GASOLINA")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212151", "3026")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212151", "Pá Carregadeira Case W-7. Funcionando")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212152", "3027")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212152", "Retroescavadeira New Holland modelo LB90 ano 2010 documentada. Funcionando.")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212899", "3028")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212899", "3 PNEUS 24.5 ARO32 - DIAGONAL")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213272", "4001")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213272", " Manipulador telescópico marca Faresin altura de trabalho 17 metros. Necessita revisão elétrica")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>87.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213242", "4004")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213242", "Guindaste marca Bantam modelo S628, 18 toneladas, ano 1985, lança 22 mts, motor Cummins, e lança Aux Gibi 4 mts. Parou funcionando. Necessário manutenção.")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>115.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213251", "4005")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213251", "GUINDASTE CLARCK MOD. 720 ANO 1986 - 20 TON. - MOTOR MERCEDES BENZ 352")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213269", "4006")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213269", "Munck madal 11500,  2 lanças,  para 5 t pe")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212075", "5000")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212075", "PULVERIZADOR STARA MOD. FÊNIX 3000 - ANO 2008")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212070", "5001")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212070", "[ VÍDEOS } COLHEITADEIRA NEW HOLLAND MOD. TC 59 ANO 2004 - COM PLATAFORMA 23 PÉS SUPER FLEX.")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>320.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212047", "5006")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212047", "SUBSOLADOR CIVEMASA P/ 7 HASTES -POTENCIA REQUERIDA 250CV OU MAIS ")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212021", "5007")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212021", " Arado. Marca Líder. 3 Discos")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212035", "5008")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212035", "ARADO 3 BACIAS ")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212069", "5010")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212069", "[ VÍDEOS ] Plantadeira Jumil 04 linhas.  Pouco uso.  Muito conservada.  Pronta para uso . Revisada.  Entrelinhas regulada para 70 centímetros. Ano 1987")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212049", "5011")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212049", " Adubador de disco 1250H e Sulcador 3 PTS Hidraulico. Marca DMB. Ano 2016")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212048", "5012")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212048", " Super Cultivador e Sulcador São Francisco com motor hidraulico. Marca DMB. Ano 2006")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212054", "5013")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212054", " Cobridor de Cana com rolo Compactador. Marca DMB")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212052", "5014")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212052", " Quebra Lombo com Tanque para aplicação de herbicida. Marca DMB")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212050", "5015")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212050", " Plaina Hidra Nível Reversível Starplan 5.000 Rodado 14.9-24 Star A. Marca Stara. Ano 2011")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212053", "5016")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212053", " Pulverizador Jacto 800 litros. Marca Jacto")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212059", "5017")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212059", "[ VÍDEO ] VAGÃO DISTRIBUIDOR DE CALCÁRIO TIPO NEVOEIRO")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212064", "5018")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212064", "SUCATA PLANTADEIRA SLC JOHN DEERE")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212065", "5019")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212065", "SUCATA PLANTADEIRA SLC JOHN DEERE")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212066", "5020")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212066", "SUCATA PEÇAS PLANTADEIRA JUMIL")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212008", "5022")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212008", " Kit caixa de peneira e bandejão. Marca New Holland. Para colheitadeira tc 59. Em bom estado de conservação")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212009", "5023")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212009", " Plataforma Marca Massey Ferguson. Modelo 5/90")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212010", "5024")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212010", " Esparramador de palha. Marca Bandeirantes para colheitadeira Massey Ferguson")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212034", "5025")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212034", " GRADE ARADORA")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212118", "5027")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212118", " Plantadeira Tatu ultra Ano 2008 12 linhas de 50 cm")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212120", "5028")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212120", " Plantadeira Tatu Modelo PST3 Ano 2004")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212119", "5029")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212119", " Plantadeira Metasa Ano 2003 9 linhas Rodado duplo Somente botinhas")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212147", "5030")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212147", " 02 unidades - Reservatorio 1.000 litros - no estado")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212148", "5031")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212148", " Grade intermediaria 24 discos")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212146", "5032")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212146", " Calcareadora Tatu 5m³")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212898", "5033")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212898", "TRANSBORDO DE CANA SANTAL")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212149", "5034")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212149", " Carreta de torta dmb /sem tambores - no estado")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212136", "6000")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212136", " Plataforma elevatória marca Genie diesel 4x4 Ano 2008 modelo Z80 altura de trabalho 26 metros. Necessita de reforma e peças ")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212123", "6001")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212123", "[ VÍDEO ] Plataforma Elevatória marca JLG. Mod. AM-36. Altura 12 metros. Em bom estado funcionamento")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212134", "6002")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212134", " Plataforma elevatória marca Genie diesel 4x4 Ano 2008. Ótimo estado. Revisada")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212135", "6003")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212135", " Calandra Hidráulica. Ótimo estado")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212130", "6004")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212130", " Plataforma elevatória marca Sinoboom. Altura de trabalho 12 metros. Elétrica com baterias. Bom estado. Ano 2013")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212018", "6007")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212018", "Baú 16 pallets Niju Ano 2010. Reformado pintura nova")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212019", "6008")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212019", "Capó para MB 1620 com para lama esquerdo")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212014", "6009")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212014", " 01 CAPÔ SCANIA 112 -BRANCA")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212012", "6010")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212012", " CARRETINHA (3,5 METROS COMPRIMENTO)s/documento")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212015", "6011")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212015", " QUINTA RODA P/ CAMINHÃO CANAVIEIRO")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212016", "6012")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212016", " LOTE DE VIDROS/COM JANELAS DIVERSOS")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212137", "6013")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212137", " Plataforma elevatória marca genie diesel 4x4 ano 2013 toda revisada. Altura de trabalho 26 metros modelo z80")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>395.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212020", "6014")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212020", "GRADE ARADORA CIVEMASA CANAVIEIRA 20X34 " X 370MM  ")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212013", "6015")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212013", " CARCAÇA DIFERENCIAL SCANIA 9114 - ANO 2014")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>4.700,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212138", "6016")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212138", " Munck marca imap modelo 35.000 ano 2008 todo revisado com 04 lanças hidráulicas e 02 lanças manuais com patola traseira sobre chassis e grampos")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212027", "6018")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212027", " Aprox. 20 Rolamentos industriais (8 un.6322 c3, 5 un. 6319 c3 e outros)")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212026", "6019")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212026", " Aprox. 27 unidades de Bobinas 24V")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212028", "6020")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212028", " Lote com itens diversos - Policorte, ferramentas diversas, balança e outros")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212127", "6021")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212127", "  Tanque em fibra vidro – capacidade 15.000 Litros – marca Unifibra")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212033", "6023")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212033", "02 EIXOS CLARCK DIRECIONAL COMPLETO COM RODAS / PNEUS (4 RODAS E 4 PNEUS)")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212060", "6024")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212060", "COMPRESSOR PARAFUSO SCHULTZ 4030")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212030", "6025")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212030", " Compressor parafuso kaeser M38. Diesel. 3 cilindros. Ano Fab 2001")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212036", "6026")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212036", "SILO VICOM")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212072", "6027")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212072", "CONTAINER 6 MTS")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212022", "6028")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212022", " 02  tanques de caminhão")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212023", "6029")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212023", " Bancada de teste Wabco")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212024", "6030")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212024", " Maquina de rebitar freio")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212040", "6032")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212040", "01 bicicleta cargueira")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212041", "6033")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212041", "1 Compressor")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212038", "6034")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212038", " 4 tomadas de força sendo; 2  - Eaton 8 marchas, 1 - Eaton 10 marchas e1 -ZF")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212039", "6035")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212039", " 7 filtros Tecfil  PSL523")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212046", "6036")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212046", "CONJUNTO 4 PÇS - PROTETOR DE CULTURA PARA AUTOPROPELIDO JACTO UNIPORT 2030 - (SEM USO)")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212043", "6037")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212043", "Máquina de Pintura de guias e meio-fio. 2.500 Litros. Semi-nova. Reformada.")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212032", "6038")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212032", "TORQUE CLARCK 28.000 MODELO COM CONVERSOR ")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212045", "6039")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212045", "[ VÍDEO ] Carrinho Lotucar Completo. Reformado e reforçado")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212044", "6040")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212044", "[ VÍDEO ] 50 unidades de Carrinho Lotucar Completos. Reformados e reforçados")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212051", "6041")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212051", " Tanque Coral 2.000 litros com Bomba Andrade Masp 51. Marcas Jacto/Andrade. Ano 2010")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212126", "6042")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212126", " Torno horizontal Wroctaw")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212055", "6044")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212055", " DIFERENCIAL VOLVO FH 400 ANO 2010")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212056", "6045")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212056", "TANQUE DE AÇO CARBONO CAPACIDADE 60.000 LITROS - COM ESCADA MARINHEIRO")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212057", "6046")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212057", " 01 gerador 20KVA")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212061", "6047")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212061", "PLACA MAGNETICA - 300 X 600 ")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212058", "6048")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212058", "EIXO COM DIFERENCIAL TRASEIRO PARA MB.")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212124", "6049")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212124", " Furadeira radial  Rocco modelo R-35")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212128", "6051")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212128", " Talha elétrica marca Vastec capacidade 10 Ton")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212133", "6052")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212133", " Tanque em fibra vinhaça capacidade 30.000 litros marca Edra em ótimo estado ")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212129", "6053")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212129", " Tanque em fibra vinhaça capacidade 30.000 litros marca Edra em ótimo estado ")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212131", "6054")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212131", " Tanque em fibra vinhaça capacidade 30.000 litros marca Edra em ótimo estado ")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212132", "6055")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212132", " Tanque em fibra vinhaça capacidade 30.000 litros marca Edra em ótimo estado ")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212073", "6057")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212073", "Redutor De Velocidade Flender 500cv")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212074", "6058")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212074", "Redutor De Velocidade Transmotec 100cv")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212105", "6060")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212105", " Motor de popa Suzuki de 40hp")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212103", "6061")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212103", " Peça de trator valtra valmet, lateral corneta completa com carcaça, eixos, engrenagens, cubos, e sistema de freios")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212104", "6062")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212104", " motor  vw 2.3 preparado para aeronaves ou carros de competição,  tem 2.300 cilindradas e 2 velas por cilindros")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212088", "6063")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212088", " lote de pecas de irrigação,  com conexões de linha, registros e 2 canhões proagro modelo 2.700")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212087", "6064")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212087", " motor  estacionário  marca yanmar modelo B10")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212086", "6065")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212086", " Varredeira mecanica de 6m³ com motor próprio")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212106", "6066")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212106", " Carroceria completa de Chevrolet S10 até ano 99. Com protetor de caçamba , lanternas e lona maritima.")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212092", "6067")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212092", " Bicicleta elétrica , marca Track e Bikes, modelo TKX 900")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212091", "6068")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212091", " Carbureteira automática grande")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212078", "6069")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212078", " 02 pistões hidráulicos de levante da plataforma da colheitadeira Massey Ferguson ou Ideal")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212085", "6070")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212085", " Pára-choque de trator Valtra Valmet")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212076", "6071")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212076", " Par de pneus traseiros da colheitadeira JD 1175, completo com aros, camara e pneus 10.5x18")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212081", "6072")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212081", " Par de rodas militares completo com aro. Serve em caminhões e tratores, com camaras e pneus 15.5x18")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212095", "6073")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212095", " Unidade hidráulica contendo, reservatorio, comando hidráulico, bomba hidráulica e 2 pistões hidráulicos")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212094", "6074")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212094", " Climatizador para cabine de maquinas agricolas ou caminhões")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212100", "6075")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212100", " Bomba modelo caracol de alta vazão. Saida de 6 polegadas")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212082", "6076")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212082", " Lote contendo 02 centros de rodas originais valtra A850, (servível em outros modelos), 01 kit de peso meia lua para Massey Ferguson, 04 pesos originais Valtra 685 e 03 pesos dianteiros do trator Malves")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>4.300,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212084", "6077")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212084", " Concha frontal avulsa basculante no pistao hidráulico")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212080", "6079")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212080", " Pneu 18.4.30")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212097", "6080")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212097", " Reservatorio plástico original do pulverizador Jacto Arbus 2000")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212090", "6081")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212090", " Roda original do Trator Valtra 785, completa com aro, camara e pneu pirelli 18.8.30")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212102", "6082")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212102", "  Arado de 3 aivecas reversível no pistão hidráulico")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212101", "6083")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212101", " Pulverizador Condor de 800 litros com bomba JP75. Sem uso")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212089", "6084")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212089", " Grade frontal de parachoques de tratores")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212079", "6085")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212079", " Motobomba com motor de 40hp")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212099", "6086")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212099", " 02 unidades Suporte de paralama para trofor Ford linha 600, 610 e 630,")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212077", "6087")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212077", " Extensor Volute para adaptar em turbina de pulverizadores natali, k.o ou fmc")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212096", "6088")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212096", " Redutor de engrenagens retirado de uma roçadeira")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212093", "6089")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212093", " Comando hidráulico completo (com o "tijolinho") original Valtra, retirado de trator Valtra 785")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212098", "6090")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212098", " Pneu com roda traseira original retirada de trator Valtra A850 (servível em outrosmodelos), completa com aro presilhas duplas, camara e pneu marca Fate, medida 18.4.30")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212083", "6091")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212083", " Plantadeira SEM USO. PST PLUS FLEX de 7 linhas PANTOGRÁFICA. Modificada com kits de melhorias instalados. Veja especificações")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212121", "6092")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212121", "Bomba roda d'água , Rochfer")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212140", "6093")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212140", "Cabine de caminhão Dodge D750")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212109", "6101")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212109", " Cabine suplementar marca Gascom 2 portas")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212112", "6102")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212112", " Dolly Randon c/ quinta roda (revisado. Sem direito a documentação)")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212111", "6103")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212111", " Dolly Randon c/ quinta roda (revisado. Sem direito a documentação)")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212113", "6104")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212113", " Aprox. 81 unidades de balde espremedor novo e seminovo")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212115", "6105")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212115", " 27 enceradeiras 350 mm semi novas")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212116", "6106")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212116", " Aprox. 49 enceradeiras 350 mm semi novas")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212114", "6108")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212114", " Aprox. 41 enceradeiras 350mm e 450mm semi novas")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212117", "6109")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212117", " Aprox. 35 lavadoras de alta pressão semi novas")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212108", "6110")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212108", "8 pistões, sendo 6 sem uso e 2 usados. ")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212110", "6111")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212110", " Carroceria-Oficina com armários. Marca Gascom")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212154", "6112")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212154", " Aprox. 124 Itens de peças para Rompedor Pneumático Tex 31/41. (Veja o Descritivo)")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212153", "6113")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212153", " Aprox. 50 Peças de Veiculos Fiat, GM e VW. (Veja o Descritivo)")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212155", "6114")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212155", "Motor diesel Rhino 6 Cilindros para Escavadeira New Holland E385")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212156", "6115")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212156", "Motor diesel Rhino 6 Cilindros para Escavadeira New Holland E385")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212158", "6116")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212158", " Aprox. 37 unidades de Punhos para Perfuratriz e Bitz Botão. Veja especificações")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212157", "6117")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212157", " 12 unidades de Mesa em L para Escritório cor Bege (Pouco uso)")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212159", "6118")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212159", "19 aparelhos, sendo: 09 x 7000 BTUS+03 x 9000 BTUS + 03 x 12000 BTUS + 04  x 18000 BTUS. Marcas LG/York e Consul")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212139", "6120")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212139", " Calandra hidráulica de grande capacidade. Medidas: esp. 1.1/2” x 2.500 mm. Reformada. Em bom estado.")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213245", "7001")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213245", " Semi Reboque Prancha Carreta Carrega Tudo, marca Randon , 60 Toneladas, ano 1981 sem pneus , Pneumática, com rampa, aceita Dolly, 12 mts reta, aceita colocação instalação de locks para containers")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>185.000,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213273", "7002")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213273", " Conjunto tanque fibra vinhaça capacidade 30.000 litros cada chassis. Ano 2016 todo revisado. Sem pneus")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213249", "7014")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213249", "CARRETA REBOQUE BAÚ ANO 2022 (SEM  USO)")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>