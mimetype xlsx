--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,3323 +269,2911 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13396", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13396", " SOBRESSALENTES DIVERSOS  ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.550,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13443", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13443", " ACOPLAMENTOS E COMPONENTES  ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13444", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13444", " PEÇAS PARA MOTORES À DIESEL CUMMINS  ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13440", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13440", " ELEMENTOS, FILTROS, COMPONENTES E ACESSORIOS PARA FILTROS    ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13442", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13442", " VALVULAS MANUAIS,  AUTOMATICAS E ACESSORIOS                           ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13441", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13441", " TUBOS E CONEXOES METALICOS FERROSOS E DIVERSOS    ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13395", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13395", " COMPONENTES CATERPILLAR E PARA CARREGADEIRAS  ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13402", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13402", " ELETRODOS, ARAME E VARETA PARA SOLDAGEM DE LIGAS ESPECIAIS  ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13400", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13400", " COMPONENTES PARA BOMBAS CENTRÍFUGAS, HELICOIDAIS E DIVERSAS  ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13394", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13394", " COMPONENTES DE VEDAÇÃO  ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13404", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13404", " EQUIPAMENTOS E COMPONENTES ELÉTRICOS  ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13439", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13439", " EPIs, UNIFORMES E DIVERSOS  ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13437", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13437", " ROLAMENTOS, MANCAIS E ACESSÓRIOS  ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>8.100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13438", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13438", "200L DE ÓLEO, 40 KG DE GRAXA, PNEUS E COMPONENTES AUTOMOTIVOS DIVERSOS  ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.150,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13419", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13419", " SOBRESSALENTES PARA CAMINHÕES DIVERSAS MARCAS  ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13421", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13421", " MATERIAIS DE FIXAÇÃO  ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13403", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13403", " COMPONENTES PARA IMPLEMENTOS AGRÍCOLAS  ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13411", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13411", " COMPONENTES PARA COLHEITADEIRAS CASE, JOHN DEERE, CAMECO E PARA PLANTADEIRA  ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13410", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13410", " PEÇAS E COMPONENTES PARA TRATORES AGRÍCOLAS DIVERSAS MARCAS  ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13406", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13406", " SOBRESSALENTES DIVERSOS  ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>5.450,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13408", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13408", " COMPONENTES E ACESSORIOS DE DISTRIBUICAO ENERGIA INDUSTRIAL   ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13409", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13409", " ELETRODOS, ARAMES, EQUIPAMENTOS, ACESSÓRIOS E MATERIAIS DIVERSOS - SOLDAGEM E CORTE  ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.050,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13397", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13397", " EQUIPAMENTOS E INSTRUMENTOS DE MEDICAO        ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13393", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13393", " MANGUEIRAS, TUBOS E CONEXOES HIDRAULICAS (ALTA PRESSAO)              ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13413", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13413", " COMPONENTES PARA MOENDA  ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13412", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13412", " ENGRENAGENS, CORREIAS, POLIAS E ROLETES  ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>5.400,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13417", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13417", " CILINDROS HIDRAULICOS E ARTICULACOES DE USO INDUSTRIAL        ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13414", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13414", " COMPONENTES PARA SISTEMAS DE COMBUSTIVEL E ALIMENTACAO    ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>5.350,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13416", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13416", " CONEXÕES, PERFIS, BARRAS E CHAPAS FERROSAS  ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13415", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13415", " COMPONENTES PARA TURBINAS E CICLONES DIVERSOS  ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13418", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13418", " COMPONENTES AUTOMOTIVOS DIVERSOS  ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13407", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13407", " PEÇAS E COMPONENTES PARA REBOQUES E CARROCERIAS  ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13398", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13398", " COMPONENTES PARA BOMBAS CENTRÍFUGAS, HELICOIDAIS E DIVERSAS  ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>13.350,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13401", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13401", " TRANSFORMADORES, EQUIPAMENTOS E COMPONENTES ELÉTRICOS  ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>15.250,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13399", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13399", " EPIs E UNIFORMES  ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13405", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13405", " ARTIGOS E UTENSILIOS DE ESCRITORIO  ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13427", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13427", " MATERIAIS DE FIXAÇÃO  ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13432", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13432", " COMPONENTES PARA IMPLEMENTOS AGRÍCOLAS  ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>8.050,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13429", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13429", " ACOPLAMENTOS, COLARES DE EIXO E COMPONENTES  ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>4.150,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13426", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13426", " PEÇAS PARA MOTORES À DIESEL E GASOLINA  ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13420", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13420", " COMPONENTES DE VEDAÇÃO  ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>10.550,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13428", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13428", " ROLAMENTOS E MANCAIS  ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>93</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>23.850,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13422", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13422", " VALVULAS AUTOMATICAS, DE SEGURANÇA, MANUAIS E ACESSORIOS    ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>7.850,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13434", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13434", " SOBRESSALENTES PARA CAMINHÕES VOLVO E VW  ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13423", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13423", " SOBRESSALENTES PARA CAMINHÕES SCANIA  ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>5.650,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13425", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13425", " SOBRESSALENTES PARA CAMINHÕES MERCEDES BENZ  ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>11.650,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13424", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13424", " COMPONENTES PARA COLHEITADEIRAS CASE E JOHN DEERE  ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>7.900,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13466", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13466", " COMPONENTES PARA COLHEITADEIRAS CAMECO  ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>37.850,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13451", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13451", " PEÇAS E COMPONENTES PARA TRATORES VALTRA  ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>3.450,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13463", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13463", " PEÇAS E COMPONENTES PARA TRATORES MASSEY FERGUSON  ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>12.750,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13460", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13460", " COMPONENTES PARA CARREGADEIRAS MOTOCANA, SANTAL E SERMAG  ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13467", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13467", " PEÇAS E COMPONENTES PARA TRATORES JOHN DEERE  ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>6.950,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13469", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13469", " COMPONENTES PARA CATERPILLAR, FIAT ALLIS E PARA ROLOS COMPACTADORES  ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>13.450,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13448", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13448", " PEÇAS E COMPONENTES PARA TRATORES CASE E MAXXION  ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>3.150,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13459", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13459", " SOBRESSALENTES DIVERSOS  ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>9.700,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13449", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13449", " BARRAS E MATERIAIS NÃO FERROSOS  ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...68 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13450", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13450", " MANGUEIRAS, TUBOS E CONEXOES HIDRAULICAS (ALTA PRESSAO) E DIVERSAS               ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A17" s="5" t="inlineStr">
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13455", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13455", " ELETRODOS, ARAMES, EQUIPAMENTOS, ACESSÓRIOS E MATERIAIS DIVERSOS - SOLDAGEM E CORTE  ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13478", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13478", " VALVULAS AUTOMATICAS, DE SEGURANÇA, MANUAIS E ACESSORIOS    ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13472", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13472", " COMPONENTES PARA MOENDA  ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>4.150,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13475", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13475", " ACOPLAMENTOS, COLARES DE EIXO E COMPONENTES  ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>4.950,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13477", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13477", " PNEUS E COMPONENTES PARA MOTORES E AUTOMOTIVOS DIVERSOS  ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13473", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13473", " EPIs, UNIFORMES E DIVERSOS")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13468", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13468", " EQUIPAMENTOS, COMPONENTES ELÉTRICOS E ILUMINAÇÃO  ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>5.600,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13470", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13470", " COMPONENTES PARA BOMBAS CENTRÍFUGAS, HELICOIDAIS E DIVERSAS  ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>13.150,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13479", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13479", " COMPONENTES DE VEDAÇÃO  ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13474", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13474", " CONEXÕES, PERFIS, BARRAS E CHAPAS FERROSAS  ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13471", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13471", " COMPONENTES PARA REDUTORES VELOCIDADE CONVERSORES TORQUE E CAIXAS MUDANÇA      ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>7.850,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13476", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13476", " PEÇAS E COMPONENTES PARA REBOQUES, DOLLYS E TRANSBORDO  ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13489", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13489", " COMPONENTES PARA IMPLEMENTOS AGRÍCOLAS  ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13488", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13488", " COMPONENTES PARA PLANTADEIRAS  ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>4.050,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13480", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13480", " SOBRESSALENTES PARA CAMINHÕES VOLVO, GM, FORD E VW  ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>2.850,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13483", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13483", " ROLAMENTOS, MANCAIS E ACESSÓRIOS  ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13482", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13482", " SOBRESSALENTES PARA CAMINHÕES MERCEDES BENZ E SCANIA  ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>7.150,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13481", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13481", " PEÇAS E COMPONENTES PARA TRATORES JOHN DEERE  ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>23.300,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13484", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13484", " COMPONENTES PARA COLHEITADEIRAS CAMECO  ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13486", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13486", " COMPONENTES PARA COLHEITADEIRAS  JOHN DEERE  ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>6.300,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13487", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13487", " COMPONENTES CATERPILLAR  ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13485", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13485", " PEÇAS E COMPONENTES PARA TRATORES CASE, VALTRA E MASSEY FERGUSON  ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13433", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13433", " COMPONENTES PARA COLHEITADEIRAS CASE   ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>16.400,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13435", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13435", " SOBRESSALENTES DIVERSOS  ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>6.350,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13436", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13436", " ROLAMENTOS, MANCAIS E ACESSÓRIOS  ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>6.300,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13431", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13431", " MATERIAIS NÃO FERROSO  ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B17" s="4" t="inlineStr">
-[...228 lines deleted...]
-      <c r="C24" s="4" t="inlineStr">
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13430", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13430", " COMPONENTES PARA BOMBAS CENTRÍFUGAS, HELICOIDAIS E DIVERSAS  ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13453", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13453", " SOBRESSALENTES DIVERSOS")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13456", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13456", " ELETRODOS, ARAME E VARETA PARA SOLDAGEM DE ACO CARBONO      ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>7.850,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13454", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13454", " CONEXÕES, TUBOS, BARRAS E CHAPAS FERROSAS  ")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>8.200,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13445", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13445", " EPIs, UNIFORMES E DIVERSOS  ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13465", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13465", " TRANSFORMADORES, EQUIPAMENTOS E COMPONENTES ELÉTRICOS E ELETRÔNICOS  ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13457", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13457", " VALVULAS AUTOMATICAS, DE SEGURANÇA, MANUAIS E ACESSORIOS    ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13446", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13446", " PEÇAS E COMPONENTES PARA REBOQUES, DOLLYS E TRANSBORDO  ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D24" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E24" s="5" t="inlineStr">
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
-[...304 lines deleted...]
-      <c r="C34" s="4" t="inlineStr">
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13447", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13447", " COMPONENTES PARA BOMBAS CENTRÍFUGAS, HELICOIDAIS E DIVERSAS  ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>9.700,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13458", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13458", " ROLAMENTOS, MANCAIS E ACESSÓRIOS  ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D34" s="4" t="inlineStr">
-[...484 lines deleted...]
-      <c r="E49" s="5" t="inlineStr">
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13462", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13462", " PEÇAS E COMPONENTES PARA TRATORES CASE, VALTRA, MASSEY FERGUSON E JOHN DEERE  ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>8.150,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13461", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13461", " COMPONENTES PARA CATERPILLAR, KOMATSU E PARA ROLOS COMPACTADORES  ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>3.350,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13452", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13452", " SOBRESSALENTES PARA CAMINHÕES MERCEDES BENZ E SCANIA  ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
         <is>
           <t>4.150,00</t>
         </is>
       </c>
-      <c r="F49" s="4" t="inlineStr">
-[...986 lines deleted...]
-      <c r="E80" s="5" t="inlineStr">
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13464", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13464", " SOBRESSALENTES PARA CAMINHÕES VOLVO E VW  ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13490", "098")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13490", " COMPONENTES PARA COLHEITADEIRAS CASE, JOHN DEERE E SANTAL  ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
-      <c r="F80" s="4" t="inlineStr">
-[...894 lines deleted...]
-      </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13491", "099")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13491", " COMPONENTES PARA COLHEITADEIRAS CAMECO  ")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13493", "100")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13493", " COMPONENTES PARA PLANTADEIRAS  ")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>5.100,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13492", "101")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13492", " COMPONENTES PARA IMPLEMENTOS AGRÍCOLAS  ")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>4.850,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13494", "102")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13494", " COMPONENTES DE VEDAÇÃO  ")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13495", "103")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13495", " MATERIAIS DE FIXAÇÃO")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>4.150,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>