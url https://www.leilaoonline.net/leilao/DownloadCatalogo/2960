--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,219 +269,195 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212485", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212485", "FORD/DEL REY; 1983/1984; MARROM; ALCOOL - NÃO FUNCIONA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212183", "015")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212183", "GM/OPALA; 1971/1971; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212186", "020")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212186", "veja o vídeo!! VW/VOLKSWAGEN; 1970/1970; AMARELA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212184", "030")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212184", "veja o vídeo!! GM/CARAVAN COMODORO; 1985/1985; BEGE; ALCOOL - FUNCIONANDO - TURBO LEGALIZADO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...42 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212187", "035")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212187", "veja o vídeo!! VW/FUSCA 1300; 1981/1982; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212185", "040")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212185", "veja o vídeo!! FORD/ESCORT L; 1993/1994; DOURADA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>