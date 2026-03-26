--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,1019 +269,895 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212341", "11649")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212341", " VAGÃO FORRAGEIRO SIlTOMAC MISS 410. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212596", "11650")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212596", "(VEJA VÍDEO) VOLKSWAGEM NOVA SAVEIRO RB MBVS; ANO 2019/2020; BRANCA. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212350", "11651")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212350", " TRATOR VALTRA BH 180; ANO 2013. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>124.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212357", "11652")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212357", " SUPORTE PARA LAMINA TRATOR FORD. - LOC.PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>8.200,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212351", "11653")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212351", " BOMBA JACTO. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212354", "11654")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212354", " CONJUNTO DE LAMINA COM BOCA. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212347", "11655")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212347", " CONJUNTO DE LAMINA. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212358", "11656")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212358", " ROÇADEIRA. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212360", "11657")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212360", " REBOQUE ROBUST CRG; ANO 2011/2011. (CARRETA SERVIÇOS GERAIS) - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212353", "11658")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212353", " BOMBA PARA HERBICIDA. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>11.200,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212356", "11659")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212356", " FORRAGEIRA JF 90. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>14.900,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212359", "11660")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212359", " ARADO  IKEDA. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212342", "11661")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212342", " CARRETA DE CALCARIO LANCER. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212344", "11662")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212344", " CARRETA SERVIÇOS GERAIS. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>6.900,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212345", "11663")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212345", " TANQUE FERTILIZANTE DEL - 2000 FERTILANCE. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212349", "11664")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212349", "(VEJA VIDEO) TRATOR VALTRA BH 180; ANO 2013. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>108</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>199.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212343", "11665")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212343", "(VEJA VÍDEO) CAMINHÃO FORD F12000 160 ANO 2001/2002; BRANCO. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212355", "11666")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212355", "(VEJA VÍDEO) TRATOR JHON DEERE; ANO  2011. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212348", "11667")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212348", "(VEJA VÍDEO) TRATOR JHON DEERE 5085E; ANO 2013. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>92.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212363", "11668")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212363", "(VEJA VÍDEO) FORD F250 XLT L; ANO 2001/2001; PRATA. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>79.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212362", "11669")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212362", " (VEJA VÍDEO) TRATOR VALTRA BM 125; ANO 2010. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>159.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212346", "12093")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212346", "(VEJA VÍDEO) CAMINHÃO GM/CHEVROLET A20 CUSTOM; ANO 1990/1990; BRANCO. (CARROCERIA BOIADEIRA) - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212361", "12094")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212361", "(VEJA VÍDEO) TRATOR NEW HOLLAND 4630; ANO 1994. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>68.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212364", "12095")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212364", "(VEJA VÍDEO) CAMINHÃO VOLKSWAGEN 13.180 EURO3 WORKER; ANO 2008/20008; BRANCO. (CARROCERIA BOIADEIRA) - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>92.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212372", "12096")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212372", " REBOQUE RODOVIARIA RQ CI HI; ANO 1988/1988; VERDE. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212365", "12097")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212365", "(VEJA VÍDEO) TRATOR MASSEY FERGUNSON 250; ANO 1978. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212366", "12098")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212366", "(VEJA VÍDEO) CAMINHÃO INTERNACIONAL 4400P7 6X4; ANO 2014/2014; BRANCO. (CARROCERIA BASCULANTE) - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>164.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212369", "12099")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212369", "(VEJA VÍDEO) CAMINHÃO VOLKSWAGEN 13.150; ANO 2000/2000; BRANCO. (CARROCERIA BOIADEIRA) - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>62.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212367", "12101")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212367", "(VEJA VÍDEO) TRATOR LS U60; ANO 2022. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>151.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212370", "12103")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212370", " 2 TRANBORDOS VTX10000; ANO 2012. - LOC. UNIÃO DE MINAS ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212371", "12104")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212371", " GM S10 2.4 RONTAN AMB; ANO 2001/2002; BRANCO. - LOC. PEDRANÓPOLIS/SP (FAZENDA AGROMAR)")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>