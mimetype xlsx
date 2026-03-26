--- v0 (2025-10-30)
+++ v1 (2026-03-26)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212510", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212510", " TRANSBORDO TMA 14 T FROTA:  275031 ANO:  2015 SÉRIE:  VTX151706 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>55.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212511", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212511", " TRANSBORDO TMA 14 T FROTA:  375030 ANO:  2015 SÉRIE:  VTX151692 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212509", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212509", " TRANSBORDO TMA 14 T FROTA:  275001 ANO:  2014 SÉRIE:  VTX141295 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212512", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212512", " TRANSBORDO TMA 14 T FROTA:  275007 ANO:  2014 SÉRIE:  VTX141307 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>45.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212515", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212515", " TRANSBORDO TMA 14 T FROTA:  275012 ANO:  2014 SÉRIE:  VTX141320 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>94</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>51.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212516", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212516", " TRANSBORDO TMA 14 T FROTA:  275028 ANO:  2015 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>53.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212514", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212514", " TRANSBORDO TMA 14 T FROTA:  275030 ANO:  2015 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>116</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>62.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212513", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212513", " TRANSBORDO TMA 14 T FROTA:  275034 ANO:  2015 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212517", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212517", " TRANSBORDO TMA 14 T FROTA:  275039 ANO:  2015 SÉRIE:  151722 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>53.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212520", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212520", " TRANSBORDO TMA 14 T FROTA:  275015 ANO:  2014 SÉRIE:  VTX141325 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>45.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212518", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212518", " TRANSBORDO TMA 14 T FROTA:  275006 ANO:  2014 SÉRIE:  VTX141299 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>47.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212522", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212522", " TRANSBORDO TMA 14 T FROTA:  275009 ANO:  2014 SÉRIE:  VTX141317 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>98</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>53.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212521", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212521", " TRANSBORDO TMA 14 T FROTA:  275020 ANO:  2015 SÉRIE:  VTX151685 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>54.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212523", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212523", " TRANSBORDO TMA 14 T FROTA:  375016 ANO:  2014 SÉRIE:  VTX141324 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>43.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212519", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212519", " TRANSBORDO TMA 14 T FROTA:  375045 ANO:  2017 SÉRIE:  VTX171447 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>56.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212524", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212524", " TRANSBORDO TMA 14 T FROTA:  375012 ANO:  2014 SÉRIE:  VTX141316 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS. QUEIMADO. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>56.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212525", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212525", " TRANSBORDO TMA 14 T FROTA:  375035 ANO:  2015 SÉRIE:  VTX151717 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>53.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>