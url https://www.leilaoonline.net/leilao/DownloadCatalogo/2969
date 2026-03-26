--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,539 +269,475 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212780", "003")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212780", " BALANÇAS PARA AUTOMAÇÃO - 4PÇS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212788", "005")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212788", " PROTETOR DE SERRA CIRCULAR - 5PÇS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212782", "006")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212782", " ROSQUEADEIRA DE TUBOS E CABEÇOTES - 4PÇS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212784", "007")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212784", " CAIXAS DE HIDRANTES - 4PÇS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212787", "008")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212787", " CAIXAS E COFRES DE DERIVAÇÃO - APROX. 21 PCS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>210,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212783", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212783", " MANGUEIRAS DE BORRACHA SINTÉTICA 3/4" X 10.000MM - APROX. 45 PÇS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212779", "013")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212779", " 03 BOMBAS D´AGUA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212785", "014")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212785", " 03 BOMBAS D´AGUA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212786", "015")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212786", " 06 PAINÉIS ELETRICOS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212778", "017")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212778", " 12 VÁLVULAS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212789", "018")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212789", "APROX. 146 DISJUNTORES CAIXAS MOLDADAS  E MAIS 9 CONTATORAS. (TOTAL DE 20 MIL AMPERES)")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>14.600,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212791", "020")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212791", " PRATELEIRAS AÇO 60CM X 92 CM - 300 CONJUNTOS - CONTENDO 81 PÉS DUPLOS, 35 INDIVIDUAIS E 1780 BANDEJAS - DESMONTADAS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212792", "022")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212792", " PISOS DE AÇO P/ MEZANINO 310 M2 = PLACAS DE 92X 80 / 92X60 / 92 X 1,00 / 92 X 1,30 - DESMONTADO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212790", "023")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212790", " SUCATA DE FIOS DIVERSOS - APROXIMADAMENTE 440KG")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212973", "024")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212973", "[ VÍDEO ] 160 POSIÇÕES PORTA PALLETES PARA 1000KG PALLETE - COMPOSTO DE 20 MÓDULOS (21 MONTANTES COM 4,60 ALTURA E 120 LONGARINAS 2,30)")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212974", "025")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/212974", "[ VÍDEO ] 160 POSIÇÕES PORTA PALLETES PARA 1000KG PALLETE - COMPOSTO DE 20 MÓDULOS (21 MONTANTES COM 4,60 ALTURA E 120 LONGARINAS 2,30)")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>