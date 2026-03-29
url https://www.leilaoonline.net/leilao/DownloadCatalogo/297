--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,2523 +269,2211 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13525", "2401")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13525", "VW/ GOL, ANO 2000,PLACA CWZ3073, FR75551, UND DIAMANTE.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.850,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13526", "2402")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13526", "CARRETA, ANO 1998, PLACA CGE9553, FR74498, UND DIAMANTE")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.450,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13523", "2403")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13523", "50 BOMBAS, 2 TANQUES, 2 ARMÁRIOS E 1 PRATELEIRA, S/FR, UND DIAMANTE")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13805", "3224")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13805", " 4 VIRABREQUIM DE COLHEDORA SEM USO, JOHN DEERE 8 LTS, S/FR, UND BARRA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13550", "3303")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13550", "CAMINHÃO M.BENZ 2213, ANO 1980, PLACA BUD9660, FR96400, UND BARRA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>24.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13551", "3307")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13551", "CAMINHÃO M BENZ, ANO 1980, PLACA BWQ5247, FR 96401, UND BARRA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13787", "3317")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13787", "4 MANCAIS DAS ENGRENAGEM  INTERMEDIARIAS BI HELICOIDAL  DEDINI  COM SEMI CASQUILHO, S/FR, UND PARAÍSO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13788", "3318")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13788", "6 MANCAIS DOS EIXOS, PINHÕES BI HELICOIDAL , COM MANCAL PATENTE, S/FR, UND PARAÍSO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>2.950,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13547", "3323")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13547", "SUCATA ELÉTRICA, LUMINÁRIAS E CARCAÇA DE MOTOR, S/FR, UND BARRA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>410,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13548", "3324")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13548", "GERADOR TOSHIBA MOTOR YAMAR 4KVA E BANCADA COM MOTOR, IMOB 074328, UND BARRA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13535", "3325")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13535", "3325 - 10 TONELAS APROX. DE TUBO DE EVAPORAÇÃO VENDA POR( KILO), S/FR, UND BARRA ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>17.200,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>0.02</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13527", "3326")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13527", "DIVERSOS ITENS, 2 MAQUINAS DE LAVAR E OUTROS, S/FR, UND BARRA - ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13528", "3327")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13528", "5 BOTIJÕES E DOIS FOGÕES 2 E 4 BOCAS, S/FR, UND BARRA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13533", "3328")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13533", "CAMINHÃO M.BENZ 2213, ANO 1980, PLACA BKE6011, FR119241, UND BARRA ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13530", "3329")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13530", "CAMINHÃO VOLVO FH12 380 6X4, ANO 2002, PLACA CYO1796, FR91205, UND BARRA ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13532", "3330")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13532", "CAMINHÃO SCANIA R113 6X4, ANO 1992, PLACA BWJ4129, UND BARRA ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>158</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>42.650,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13534", "3331")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13534", "CAMINHONETE MITSUBISHI L200 4X4 GL, 2001, PLACA JZF9546, FR58100, UND BARRA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13539", "3332")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13539", " VW GOL, ANO 2001, PLACA CWZ3462, FR95035, UND BARRA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13538", "3333")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13538", "VW GOL, ANO 2001, PLACA CWZ3481, FR95037,UND BARRA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13540", "3334")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13540", "VW GOL, ANO 2001, PLACA CWZ3461, FR95034,UND BARRA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13537", "3335")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13537", "VW GOL, ANO 2001, PLACA CWZ3428, FR95033, UND BARRA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13541", "3336")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13541", " CARROCERIA COMBOIO, FR98562, UND BARRA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13542", "3337")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13542", "CARROCERIA COMBOIO, FR98563, UND BARRA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13546", "3339")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13546", "SUCATA DE BICO INJETOR APROXIMADAMENTE 624 BICOS, S/FR, UND BARRA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13543", "3340")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13543", "SUCATA DE 3 MOTOR DE PARTIDA E DIVERSAS BOMBAS INJETORAS, S/FR, UND BARRA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13544", "3341")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13544", "SUCATA DE 1 MOTOR JD 3522, 3 CABEÇOTE, E 6 BLOCOS JD, S/FR, UND BARRA")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13545", "3342")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13545", "SUCATA DE 3 MOTOR DESMONTADO MWM/M.BENZ E 1 CAIXA PEÇAS DE MOTOR VARIAS MARCAS, S/FR, UND BARRA")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13549", "3343")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13549", "GRADE 24 DISCOS, FR103162, UND BARRA")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>89</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>13.950,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13529", "3344")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13529", "TRATOR FORD 8830 4X4 7D116, ANO 1998, FR100114, UND BARRA (VENDA SEM IMPLEMENTO MESA)")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>16.100,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13810", "3345")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13810", "POSTES, S/FR, UND BARRA")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>3.950,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13794", "4645")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13794", " HIDROROL DE VINHAÇA, SF , UND COSTA PINTO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13807", "4661")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13807", " 1 VARIADOR 60 CV, 3 MOTORES WEG 1 DE 20 CV E 2 10 CV , IMOB. 142010/20839/142364/137779, UND COSTA PINTO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13789", "4685")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13789", " MF 292 4X4 CARREGADEIRA, ANO 2010, FR51448/ 186692, UND COSTA PINTO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>48.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13709", "4687")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13709", "CALDEIRA BMP-1800 3T DEDINI, S/FR, UND PARAÍSO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13796", "8372")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13796", "MÁQUINA DE LAVAR ROUPAS 12KG, VOLTAGEM 220V (MOTOR QUEIMADO) ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13791", "9149")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13791", " CARROC.TANQUE COMBATE INC, FR140241,  UND BOM RETIRO ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13797", "11435")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13797", " DOLLY GOYDO, ANO 2009, FR10264, (SEM DOCUMENTO), UND SERRA")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>5.800,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13790", "11615")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13790", " CAMINHÃO M.BENZ/L 2638 6X4, MUNCK , ANO 2002, PLACA  CZV0648, FR120859/FR361640/FR361857, UND ZANIN")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>63.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13792", "11618")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13792", " TRANSBORDO SMR 10500 10 T, ANO 2007, FR10109, UND ZANIN")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13793", "11622")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13793", " TRANSBORDO SERMAG 12 T, ANO 2009, FR38340, UND ZANIN")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13781", "11623")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13781", " REBOQUE R/RANDON RQ CA, ANO 2007, FR10218, PLACA DTP7136, UND SERRA")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>8.100,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13767", "11625")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13767", " REBOQUE R/GUERRA AG CV, ANO/MOD 2008/2009, FR133019, PLACA EIG8143, UND SERRA")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13771", "11626")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13771", " REBOQUE R/GUERRA AG CV, ANO/MOD 2008/2009, FR133022, PLACA EIG8141, UND SERRA")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>5.800,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13769", "11627")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13769", " REBOQUE R/GUERRA AG CV, ANO/MOD 2008/2009, FR113007, PLACA EDN6325, UND SERRA")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13803", "12278")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13803", " SUPER CULTIVADOR DMB, ANO 2008,, FR92732")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13778", "13001")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13778", " PRANCHA 2E SR/FACCHINI SRF CT. ANO 2007, FR360563, PLACA DVO5411, UND ZANIN")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13775", "13002")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13775", " REBOQUE R/GUERRA AG CV, ANO/MOD 2008/2009, FR82606, PLACA DXX0377, UND ZANIN")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13776", "13003")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13776", " REBOQUE R/GUERRA AG CV, ANO/MOD 2008/2009, FR82617, PLACA DXX0374, UND ZANIN")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13766", "13004")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13766", " REBOQUE R/GUERRA AG CV, ANO/MOD 2008/2009, FR82607, PLACA DXX0376, UND ZANIN")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13765", "13005")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13765", " REBOQUE R/GUERRA AG CV, ANO/MOD 2008/2009, FR82613, PLACA DXX0381, UND ZANIN")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13773", "13006")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13773", " REBOQUE R/GUERRA AG CV, ANO/MOD 2008/2009, FR82604, PLACA DXX0384, UND ZANIN")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13783", "13007")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13783", " REBOQUE R/GUERRA AG CV, ANO/MOD 2008/2009, FR82603, PLACA DXX0382, UND ZANIN")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13768", "13008")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13768", " REBOQUE R/GUERRA AG CV, ANO/MOD 2008/2009, FR82616, PLACA DXX0391, UND ZANIN")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13770", "13009")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13770", " REBOQUE R/GUERRA AG CV, ANO/MOD 2008/2009, FR82608, PLACA DXX0389, UND ZANIN")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13782", "13010")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13782", " REBOQUE R/GUERRA AG CV, ANO/MOD 2008/2009, FR82615, PLACA DXX0392, UND ZANIN")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13777", "13011")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13777", " REBOQUE R/GUERRA AG CV, ANO/MOD 2008/2009, FR82602, PLACA DXX0383, UND ZANIN")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13774", "13012")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13774", " REBOQUE R/GUERRA AG CV, ANO/MOD 2008/2009, FR82600, PLACA DXX0393, UND ZANIN")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13780", "15293")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13780", " CAMINHÃO M. BENZ/L MUNCK 2638 6X4, ANO 2002, FR120847, PLACA CZV0637, UND BONFIM")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>51.250,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13779", "15295")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13779", " CAMINHÃO VW/26.220 EURO3 WORKER TANQUE, ANO/MOD 2008/2009, FR119879, PLACA EAP7336, UND BONFIM")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>62.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13785", "15296")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13785", " REBOQUE R/RANDON RQ CA 8,00M, ANO 2008, FR121431, PLACA EAP7094, UND BONFIM")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13801", "16258")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13801", " 1 CULTIVADOR E 1 SULCADOR, FR25212/67121, UND SANTA HELENA")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13795", "16282")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13795", " 1 ESTEIRA C/ 1 JET , FR52595, LOC. BOM RETIRO")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13806", "16296")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13806", " 1 BAG SUCATA ELETRICA( CONTATORES, INVERSORES APROX. 300 KL) SF, LOC. SÃO FRANCISCO")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13800", "17011")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13800", "MADEIRAS DIVERSAS, S/FR, UND BENALCOOL")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>60,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13802", "17025")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13802", "MADEIRAS DIVERSAS, S/FR, UND UNIVALEM")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>60,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13798", "17043")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13798", " CAMINHÃO VW/BMB 31.320 CNC CM, ANO/MOD 2011/2012, PLACA EDO2598, FR88182, UND GASA")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>112</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>85.500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13799", "17048")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13799", " 1 TV 29' PANASONIC, S/FR, UND GASA")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13804", "17061")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13804", "1 DESSUPERAQUECEDOR DE CALDO E 2 VÁVULA DE 8" E 12" POLEGADAS, PATR.224127/80548/224136, UND MUNDIAL")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13809", "20000")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13809", " 900 CADEIRAS APROXIMADAMENTE, S/FR. UND COSTA PINTO")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>20.150,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13835", "20001")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13835", "PENEIRA VIBRATÓRIA, PAT.190005, IMOB. 42875 NAM5 UND COSTA PINTO")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13836", "20002")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13836", "SUCATA DE BORRACHA, S/FR, UND  COSTA PINTO")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13837", "20003")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13837", "SUCATA ELÉTRICA - BEBEDOURO, MAQ. DE SOLDA E EQUIPAMENTO FABRICAÇÃO PRÓPRIA COR  AZUL LOTE APENAS ESTES ITENS, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13838", "20004")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13838", "TRATOR CARREGADEIRA - TRATOR FORD 6610,  ANO 1987,  FR139385 IMOB. 227899 , UND COSTA PINTO")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13840", "20005")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13840", " 300 TUBOS DE ALUMÍNIO/INOX  6 POLEGADAS, UND COSTA PINTO")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>14.350,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13907", "20006")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13907", "SUCATA GM/ KADETT IPANEMA SL, ANO 1993, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13708", "21001")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13708", "27 BOTIJÕES  DIVERSOS, S/FR, UND RAFARD")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13808", "22000")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13808", "SUCATA DE AR CONDICIONADO, S/FR, UND SANTA HELENA")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13839", "24000")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13839", "TUBOS RED. A36 DE 22"  7,94MM A 134, SEM USO, BOM RETIRO")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>7.800,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>