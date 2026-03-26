--- v0 (2025-11-14)
+++ v1 (2026-03-26)
@@ -269,827 +269,727 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213796", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213796", " CAVALO MEC.  VOLVO FMX 500 6X4 T NO CHASSI, SEM EQUIP.  FROTA:  316015 ANO:  2016 PLACA:  PXK1D38 CHASSI:  9BVXGE836935  KILOM.  472,863.50 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>152.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213799", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213799", "CAVALO MEC.  VOLVO FMX 500 6X4T NO CHASSI, SEM EQUIP.  FROTA:  216018 ANO:  2016 PLACA:  PXK1D35 CHASSI:  9BVXG30D1GE836934  KILOM.  502,438.70 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>182.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213800", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213800", "CAVALO MEC.  VOLVO FM 460 NO CHASSI, SEM EQUIP.  FROTA:  216005 ANO:  2013/2014 PLACA:  OXB-6I14 CHASSI:  9BVJG20D1EE814385 KILOM.  563,172 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>134.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213797", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213797", "CAVALO MEC. VOLVO FM 460 NO CHASSI, SEM EQUIP.  FROTA:  216007 ANO:  2013/2014 PLACA:  OXD 4H08 CHASSI:  9BVJG20D7EE814387 KILOM.  619,091.20 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213801", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213801", "CAVALO MEC.  VOLVO FM 460 NO CHASSI, SEM EQUIP.  FROTA:  216008 ANO:  2013/2014 PLACA:   OXB-0E09 CHASSI:   9BVJG20D4EE814608 KILOM.  704,639.60 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>128.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213798", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213798", "CAVALO MEC.  VOLVO FMX 500 6X4T NO CHASSI, SEM EQUIP.  FROTA:  216014 ANO:  2016 PLACA:  PXK1359 CHASSI:  9BVXG30D5GE836939 KILOM.  459,834.00 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>188.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213802", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213802", "CAVALO MEC.  VOLVO FMX 500 6X4T NO CHASSI, SEM EQUIP.  FROTA:  216015 ANO:  2016 PLACA:  PXK-1D49 CHASSI:  9BVXG30D2GE836938 KILOM.  469,069.00 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>184.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213805", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213805", "CAVALO MEC.  SCANIA G 440 AT NO CHASSI, SEM EQUIP.  FROTA:  316001 ANO:  2013/2014 PLACA:  OWZ-3J42 CHASSI:  9BSG6X400E3847852  KILOM.  497,960.70 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>156.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213803", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213803", "CAVALO MEC.  VOLVO/FM 500 6X4T NO CHASSI, SEM EQUIP.  FROTA:  316018 ANO:  2016 PLACA:  PXK-1D77 CHASSI:  9BVXG30D7GE836941 KILOM.  498,208.60 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>168.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213804", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213804", " CAMINHÃO FORD CARGO 2626 NO CHASSI, SEM EQUIP.  FROTA:  53098 ANO:  2003 PLACA:  GVO 0577 CHASSI:  9BFZTNYT03BB27648 KILOM.  614,319.50 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>84.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213806", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213806", "CAVALO MEC.  VOLVO FMX 500 6X4T NO CHASSI, SEM EQUIP.  FROTA:  316021 ANO:  2015 PLACA:  PXK-1D32 CHASSI:   9BVXG30D3GE836947 KILOM.  461,809.00 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>142.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213807", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/213807", " CAMINHÃO FORD CARGO 2628 NO CHASSI, SEM EQUIP.  FROTA:  14111 ANO:  2011 PLACA:  HNX-0G29 CHASSI:   9BFZEAZX3CBS06944 KILOM.  222,056.80 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>114.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214518", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214518", "TRATOR JD 7195J  FROTA:  235001 ANO:  2014   CHASSI:  1BM7195JKOH000843 HORIMETRO: 32.303,00 OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS. ACESSÓRIOS SERÃO RETIRADOS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>147.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214519", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214519", "GRADE ARADO CR.20X32  FROTA:  4234 ANO:  2000       OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214520", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214520", "SUBSOLADOR 5H STARA  FROTA:  4275 ANO:  2000       OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214521", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214521", "SUBSOLADOR 5H STARA  FROTA:  4277 ANO:  2011       OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214522", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214522", "SUBSOLADOR 7H STARA  FROTA:  4280 ANO:  2011       OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214523", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214523", "SUBSOLADOR 7H ECO  FROTA:  4281 ANO:  2011       OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214524", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214524", "SUBSOLADOR 7H ECO  FROTA:  4282 ANO:  2013       OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214525", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214525", "GRADE NIVELADORA  54X20  FROTA:  56355 ANO:  2004       OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214526", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214526", "DISTRIBUIDORA DE CALCARIO DMB  FROTA:  249001 ANO:  2014       OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214527", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214527", "ROÇADEIRA DUPLA  FROTA:  262001 ANO:  2015       OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214529", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214529", "DISTRIBUIDORA DE CALCARIO DMB  FROTA:  349002 ANO:  2015       OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214530", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214530", "DISTRIBUIDORA DE CALCARIO DMB  FROTA:  349003 ANO:  2015       OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...685 lines deleted...]
-      </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214531", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214531", "ROÇADEIRA DUPLA  FROTA:  362001 ANO:  2015       OBS:  PNEUS RUINS, SERÁ VENDIDO CONFOME AS CONDIÇÕES QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>