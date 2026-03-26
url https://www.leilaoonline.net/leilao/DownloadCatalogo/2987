--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,443 +269,391 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214374", "414")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214374", "ESCAVADEIRA HIDRÁULICA MICHIGAN; MOD. ME60. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214268", "424")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214268", "EMPILHADEIRA ELÉTRICA MICHIGAN; MOD. E30-45; ANO 2023. (VEJA DESCRITIVO DE ITENS) - LOC. GARUVA/SC")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214271", "444")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214271", "EMPILHADEIRA ELÉTRICA MICHIGAN; MOD. E30-45; ANO 2023. (VEJA DESCRITIVO DE ITENS) - LOC. GARUVA/SC")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214372", "465")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214372", "ESCAVADEIRA HIDRÁULICA MICHIGAN; MOD. ME130; ANO 2023. (VEJA DESCRITIVO DE ITENS)  - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>435.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214269", "505")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214269", "PÁ CARREGADEIRA MICHIGAN; MOD. M100HD; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>450.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214270", "558")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214270", "PÁ CARREGADEIRA MICHIGAN; MOD. M100HD; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>450.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214376", "578")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214376", " PONTE ROLANTE. - LOC. GUARUVA/SC")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>330.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214375", "582")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214375", "ESCAVADEIRA HIDRÁULICA MICHIGAN; MOD. ME60; ANO 2023. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214528", "585")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214528", "PÁ CARREGADEIRA MICHIGAN; MOD. M100HD; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>450.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214373", "607")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214373", "ESCAVADEIRA HIDRAULICA MICHIGAN; MOD. ME20; ANO 2023. (VEJA DESCRITIVO DE ITENS) - LOC. CONTAGEM/MG")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214266", "641")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214266", " ESCAVADEIRA HIDRAÚLICA MICHIGAN; MOD. ME20; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214267", "670")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214267", "ESCAVADEIRA HIDRAÚLICA MICHIGAN; MOD. ME130; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>450.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214377", "673")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214377", "ESCAVADEIRA HIDRAULICA MICHIGAN; MOD. ME220; ANO 2023. (VEJA DESCRITIVO DE ITENS) - LOC. CONTAGEM/MG")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>550.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>