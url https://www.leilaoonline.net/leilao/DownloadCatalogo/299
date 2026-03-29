--- v0 (2025-11-05)
+++ v1 (2026-03-29)
@@ -269,2875 +269,2519 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13610", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13610", " Martelo rompedor Bosch funcionando 30 kg")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13605", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13605", " Martelo rompedor Bosch funcionando 30 kg")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13596", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13596", " Martelo rompedor Bosch funcionando 30 kg")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13595", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13595", " Esteira elétrica e bicicleta ergométrica ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13611", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13611", "Nove geladeiras para gelo")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13608", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13608", " Dez aparelhos de ar condicionado")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13609", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13609", " Cortador de asfalto/concreto Petrotec a gasolina funcionando")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13598", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13598", " Oito Motores elétricos novos trifásico ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13601", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13601", " Socador de chão tipo sapão Wacker a gasolina faltando carburador")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13597", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13597", " Ilha de congelados de 3 metros ,220volts funcionando sem as tampas")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13607", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13607", " Quatro marteletes 10kg")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13594", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13594", " Chapa de lanches Macon a gás e com controle de temperatura elétrico")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13602", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13602", " Maquina de café expresso Astória com moinho , sem porta filtros e bandeja")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13604", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13604", " Maquina de café expresso Astória com moinho , sem porta filtros e bandeja")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13600", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13600", " Máquina de suco Begel com duas cubas funcionando")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13613", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13613", " Máquina de suco concentrado 2 sabores funcionando")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13606", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13606", " Tês marteletes 10 kg.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13603", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13603", " Batedeira industrial GPaniz 5 litros funcionando")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13599", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13599", " Máquina de bordar industrial funcionando")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13612", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13612", " Lavadora /enceradeira industrial funcionando sem a escova")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13614", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13614", " Aspirador de pó industrial trifásico funcionando sem a mangueira")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13615", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13615", " Fatiador de frios")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13616", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13616", " Dobradeira de chapas com régua de 1,30 mt")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13618", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13618", " Bomba de alto vácuo HF 55 CFM  trifásico")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13617", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13617", " Bomba de alto vácuo HF 55 CFM  trifásico")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13619", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13619", " Bomda de alto vácuo duplo estágio HF 110 CFM trifásico com reservatório")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13620", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13620", " Caçamba para camionete D 20 sem a tampa traseira")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13621", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13621", " Cabine para camionete D 20")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13624", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13624", " Balcão pista fria")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13623", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13623", " Maca e alumínio Stimed com regulagens")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13626", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13626", " Maquina de Vacum Forming")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13625", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13625", " Danoneira de 3 mts")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13622", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13622", " Maquina de suco industrial 100 litros")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13627", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13627", " Maquina de suco industrial 50 litros funcionando")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13628", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13628", " Maquina de suco industrial 50 litros funcionando")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13632", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13632", " Geladeira antiga restaurada funcionando")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13630", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13630", " Cervejeira Metalfrio 4 caixas reformada funcionando")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13629", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13629", " Dois purificadores de agua Europa")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13631", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13631", " Empilhadeira Yale ano 89 , 2.500 kg funcionando")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13633", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13633", " Lancha Real Bass com motor Mercury 50 HP , com Power Trim , painel completo e carreta rodoviária para 5 pessoas ano 2001")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>13.250,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13634", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13634", " Banho maria e balança eletrônica Filizola")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13635", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13635", " Lote de aprox. 135 kg de chaves combinadas")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13636", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13636", " Lote de aprox. 135 kg de chaves combinadas")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13639", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13639", " Doze geladeiras expositoras e cervejeiras")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13637", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13637", " Dez geladeiras expositoras e cervejeiras")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13638", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13638", " Escrivaninha antiga em jacarandá maciço da bahia")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13640", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13640", " Dois aspiradores de pó industrial trifásico New Japan")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13641", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13641", " Camionete D-20 ano 88 turbo direção hidráulica , volante anti furto , motor novo")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13643", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13643", " Aprox. Dezessete marteletes rompedores diversos")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13642", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13642", " Cortador de asfalto/concreto Petrotec a gasolina faltando peças")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13644", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13644", " Cortador de asfalto/concreto Petrotec a gasolina fantando peças")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13648", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13648", " Lote de marteletes rompedores e esmerilhadeiras")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13646", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13646", " Duas maquinas de café")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13647", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13647", " Transpalete")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13645", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13645", " Caçamba de caminhão comboio com tanque de 5mil litros")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13649", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13649", "VW FOX 1.0 Ano 2007. Placa: final 2")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13715", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13715", " TRANSBORDO SANTAL 12 T")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13714", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13714", " 2 CHASSIS DE BAZUKA")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13710", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13710", " 8 RODAS DE BAZUKA")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13716", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13716", " RADIADOR")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13712", "062")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13712", " REDUTOR PEQUENO")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13811", "063")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13811", "CAMINHÃO MERCEDES BENZ 1318 – ANO 1987")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>35.750,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13908", "064")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13908", " CAR/ REBOQUE ANTONINI – ANO 1998/1998 – PLACA: Final 8")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13910", "065")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13910", " CAR/ REBOQUE ANTONINI – ANO 1998/1998 – Placa final 9")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13911", "066")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13911", " CAR/ REBOQUE RANDON – ANO 2005/2005 – Placa final 4")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13909", "067")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13909", " CAR/ REBOQUE RANDON – ANO 2005/2005 – PLACA Final 3")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13827", "070")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13827", " CAMINHÃO BASCULANTE SCANIA L 111 S ANO 1976. Placa final 2")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13821", "071")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13821", " PRANCHA RANDON, ANO E MODELO 2011 - PLACA FINAL 0")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>75.500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13828", "072")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13828", " PÁ CARREGADEIRA FIATALLIS FR12B, ANO 1988")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13834", "073")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13834", " LOTE DE EMBREAGEM CENTRAL COMPLETA DO TRATOR DE ESTEIRA FIATALLIS AD7B (1 ITEM - NÃO ESTÁ FUNDIDA)")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13818", "074")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13818", " LOTE DE EMBREAGEM CENTRAL DO TRATOR DE ESTEIRA FIAT AD7B (1 ITEM - NÃO ESTÁ FUNDIDA)")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13832", "075")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13832", " LOTE CONTENDO 03 CAIXAS DO REVERSOR DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13830", "076")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13830", " LOTE CONTENDO 02 PISTÃO HIDRÁULICO DA LAMINA DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13825", "077")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13825", " LOTE CONTENDO 02 RODAS GUIAS RECONDICIONADAS COM MIOLO DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13831", "078")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13831", " LOTE CONTENDO 02 RODAS GUIAS RECONDICIONADAS SEM MIOLO DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13824", "079")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13824", " LOTE CONTENDO 02 RODAS GUIAS RECONDICIONADAS DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13826", "080")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13826", " LOTE CONTENDO 02 RODAS MOTRIZES DO TRATOR DE ESTEIRA FIAT FD9")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13819", "081")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13819", " LOTE CONTENDO 05 RODAS MOTRIZES DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13815", "082")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13815", " LOTE CONTENDO 03 RODAS GUIAS RECONDICIONADAS DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13814", "083")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13814", " LOTE CONTENDO 07 PROTETOR DE CANO HIDRAULICO DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F90" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...20 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13823", "084")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13823", " LOTE CONTENDO 01 CARCAÇA E 02 REDUTORES LATERAIS DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13833", "085")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13833", " LOTE CONTENDO 104 ELOS (LINK) DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13822", "086")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13822", " LOTE CONTENDO 125 ELOS (LINK) DO TRATOR DE ESTEIRA CATERPILLAR D4")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
+      <c r="F93" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...116 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13816", "087")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13816", " LOTE CONTENDO 01 MOTOR MWM DO TRATOR DE ESTEIRA FIAT AD7B, 6 CILINDROS DESMONTADO E FALTANDO COMPONENTES")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...378 lines deleted...]
-      <c r="E32" s="5" t="inlineStr">
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13820", "088")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13820", " LOTE CONTENDO 01 RABICHO FIXO DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F32" s="4" t="inlineStr">
+      <c r="F95" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-[...249 lines deleted...]
-      <c r="F40" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13813", "089")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13813", " LOTE CONTENDO 01 RABICHO FIXO DO TRATOR DE ESTEIRA CATERPILLAR D6D E 01 ROLETE DUPLO RECONDICIONADO.")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-[...244 lines deleted...]
-      <c r="E48" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13829", "090")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13829", " LOTE CONTENDO 20 ROLETES USADOS E 04 RODAS GUIAS USADAS DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13817", "091")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13817", " LOTE CONTENDO 01 SUPORTE DE BATERIA E 01 PROTETOR DE CANO DO TRATOR DE ESTEIRA FIAT AD7B")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F48" s="4" t="inlineStr">
+      <c r="F98" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-[...1598 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13812", "092")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13812", " LOTE CONTENDO TAMPA DA EMBREAGEM E DO DIFERENCIAL DO TRATOR DE ESTEIRA FIAT AD7B")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>