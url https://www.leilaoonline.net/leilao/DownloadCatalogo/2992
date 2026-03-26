--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,443 +269,391 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214889", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214889", " ENSACADEIRA HAVER BEUMER, CINZA; ANO 1985. - ID 5625. - LOC. NOBRES/MT")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214883", "101")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214883", " CAMINHÃO VOLKSWAGEN; ANO 2012/2013; BRANCO. - ID 5779. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214885", "102")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214885", " VOLKSWAGEN SAVEIRO 1.6 PICK-UP; ANO 2009/2010; BRANCA. - ID 6036. - LOC. LIMEIRA/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214888", "103")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214888", " FORD CARGO 2628 E; ANO 2011/2011; BRANCO. - ID 6040. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>115.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214882", "104")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214882", " MOTOR ELÉTRICO ABB; MOD. M2BA280SMA; POT. 90 KW; ANO 2000. - ID 6083. - LOC. NOBRES/MT")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214884", "105")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214884", " MOTOR ELÉTRICO ABB; MOD. M2BA280SMA; POT. 75 KW; ANO 2000. - ID 6084. - LOC. NOBRES/MT")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214891", "106")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214891", " MOTOR ELÉTRICO ABB; MOD. M2BA280SMA; POT. 75 KW; ANO 2000. - ID 6086. - LOC. NOBRES/MT")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214893", "107")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214893", " SUCATA DE SAVEIRO 1.6; ANO 2005/2006; BRANCA. - ID 6152. - LOC. CURITIBA/PR")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214890", "108")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214890", " RESERVATÓRIO DE ÁGUA. - ID 6267. - LOC. ARAUCÁRIA/PR")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214894", "109")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214894", " PAINÉL ELÉTRICO DE COMANDO KLOCKNER-MOELLER; POT. 300 KW; TENSÃO 440V; CAP. 630A. - ID 6352. - LOC. NOBRES/ MT")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214886", "110")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214886", " PAINÉL ELÉTRICO DE COMANDO KLOCKNER-MOELLER; POT. 300 KW; TENSÃO 440V; CAP. 630A. - ID 6353. - LOC. NOBRES/ MT")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214892", "111")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214892", " GUINDASTE BUCYRUS; ANO 1968; DIESEL. - ID 6382. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214887", "112")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/214887", " SUCATA DE CAMINHÃO VOLKSWAGEN 26.260 E; ANO 2007/2007; BRANCO. - ID 6475. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>