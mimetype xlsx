--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,1595 +269,1399 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215044", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215044", "[ VÍDEO ] MINIESCAVADEIRA NEW HOLLAND MOD. L160 ANO 2008 ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215069", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215069", "[ VÍDEO ] MOTONIVELADORA FIATALLIS MOD. FG70B ANO 1997")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>118.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215070", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215070", "[ VÍDEO ] EMPILHADEIRA CLARK MOD. C500  CAPAC. 7 TON ANO 1991")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216643", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216643", "[ VÍDEO ] MOTONIVELADORA CATERPILLAR MOD. 12G ANO 1995")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215050", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215050", "[ VÍDEO ] ROLO COMPACTADOR BOMAG MOD. BW211D-40 ANO 2014 - KIT PATA ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>240.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215037", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215037", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR MOD.966C SERIE 18B ANO 1985")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>138.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215045", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215045", "[ VÍDEO ] MOTONIVELADORA FIATALLIS MOD. FG70B ANO 1998")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215033", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215033", "[ VÍDEO ] TRATOR DE ESTEIRA KOMATSU MOD. D50A ANO 1989  - RODANTE NOVO - TURBINADO MOTOR M.BENZ -COMPLETO COM RIPPER ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>300.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215043", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215043", "[ VÍDEOS ] FORD / F75 - ANO 1977/1977 - 4X4  - COR BEGE -GASOLINA -   6CC ORIGINAL - DOC. OK - DIREÇÃO HIDRÁULICA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216644", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216644", "[ VÍDEO ] MOTONIVELADORA CASE  MOD. 845B ANO 2008 ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215054", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215054", "TRATOR DE ESTEIRA KOMATSU MOD. D65E ANO 1989")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215040", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215040", "ESCAVADEIRA  VOLVO MOD. 2010 - ANO 2005")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215041", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215041", "[ VÍDEO ] MOTONIVELADORA CATERPILLAR MOD.120B  ANO 1987  - OPERACIONAL - MOTOR COM PLACA ESPAÇADORA - BOMBA BOSCH -LÂMINA DESLIZANTE")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215031", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215031", "[ VÍDEO ] PÁ CARREGADEIRA CASE MOD. W20E ANO APROX. 2002")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>181.200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215042", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215042", "PÁ CARREGADEIRA CASE MOD. W20 B TURBO ANO 1989 - TORK 28.000")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215055", "019")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215055", "[ VÍDEO ] RETROESCAVADEIRA NEW HOLLAND  MOD. LB110 4X4 ANO 2008")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215030", "020")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215030", "[ VÍDEO ] PÁ CARREGADEIRA CASE MOD. W20B Aprox. 1987 - CLARCK 28.000 - MOTOR MB TURBO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>101.100,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215029", "021")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215029", "[ VÍDEO ] MOTONIVELADORA DRESSER MOD. 140C ANO APROX. 1989 - MOTOR MB 352 TURBO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215056", "022")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215056", "[ VÍDEO ] ESCAVADEIRA KOMATSU MOD. PC200 ANO 2005")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>155.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215026", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215026", "02 GRAMICHEL ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215028", "024")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215028", "LÂMINA DIANTEIRA PARA TRATOR C/ PISTÃO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215027", "025")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215027", "CONCHA CATERPILLAR 924G")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215024", "029")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215024", "LOTE COM 08 PISTÕES: 01 FH200, 01 POUCLAIN, 03 CAT E 03 WUBBER. E 01 COMANDO TRASEIRO DE FH80")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215025", "034")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215025", "CABINE PARA MÁQUINA")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215032", "038")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215032", "ROLO COMPACTADOR VIBRATÓRIO  DE ARRASTO - MOTOR DEUTZ  6 CC - OPERACIONAL")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215038", "039")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215038", "TRAILER PARA LANCHE ( DOCUMENTO OK  REBOQUE BAÚ ANO 2016)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215057", "040")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215057", "[ VÍDEO ] EMPILHADEIRA YALE MOD. VERACITOR GP 070VX CAPAC.3.500 KG. ANO 2006. DESLOCADOR LATERAL MOTOR VORTEC - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215058", "041")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215058", "CAÇAMBA  FACCHINI ANO 2000 - COM PISTÃO E BOMBA HIDRAÚLICA ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215914", "043")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215914", "CAÇAMBA FECHADA  PARA EQUIP. ROLLON  - 6,00 COMP. X 2,40  LARG.X 1,70 ALT.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215034", "045")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215034", "[ VÍDEO ] GUINDASTE MARCA MUNCK CAPAC. 08 TON. 02 LANÇAS")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>35.750,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215035", "046")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215035", " EQUIPAMENTO LIMPEZA DE BOCA DE LOBO - ASPIRA E EMPURRA - NO ESTADO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215060", "047")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215060", " CONCHA PARA PÁ CARREGADEIRA CAT 938")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215051", "048")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215051", "CARRETA 2 EIXOS")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215052", "049")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215052", "CARRETINHA CAÇAMBA")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215036", "050")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215036", "TRATOR NEW HOLLAND MOD. TL75E ANO 2009/2010 - TRAÇADO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>78.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215039", "051")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215039", "TRATOR MASSEY FERGUSON MOD. MF 292 ANO 2006 - 4X4")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>107.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215046", "052")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215046", " GM / VERANEIO ANO 1984/1984 - COR PRETA - ALCOOL")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>450.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215049", "053")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215049", " FORD / F100 DIESEL. ANO 1984/1985")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215047", "054")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215047", " PÁ CARREGADEIRA CASE MOD. W20E ANO 1997 - TORQUE 28.000")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>170.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215048", "055")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215048", "[ VÍDEO ] RETROESCAVADEIRA CATERPILLAR MOD. 416E 4X4 ANO 2012")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>155.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215062", "056")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215062", " EMPILHADEIRA CLARCK ANO 2010 MOD. 2.5 CL DESLOCADOR LATERAL -FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215053", "057")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215053", "KRONE / REBOQUE ANO 1983/1983 - 3 EIXOS - (PARA CONTAINER)  NO ESTADO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215061", "058")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215061", " MOTONIVELADORA CATERPILLAR MOD. 120B ANO 1980")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215063", "059")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215063", " MOINHO DE BOLAS  CAPAC. 3 A 4 MIL LTS REVESVIDO DE ALTA LUMINA ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215064", "060")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215064", "02 PNEUS PIRELLI  TM95 18.04-38 - SEM USO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...595 lines deleted...]
-      <c r="F30" s="4" t="inlineStr">
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-[...25 lines deleted...]
-      <c r="F31" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215065", "061")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215065", "CALCAREADEIRA SPANDER ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215066", "062")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215066", "03 CARRETINHAS  (SEM PNEUS, NO ESTADO)")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-[...788 lines deleted...]
-      <c r="E56" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215067", "063")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215067", "SEMI-REBOQUE  RANDON ANO 1988/1988 - 3 EIXOS")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
-      <c r="F56" s="4" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215068", "064")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215068", "ROLO DE ARRASTO PÉ DE CARNEIRO ")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>