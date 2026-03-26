--- v0 (2025-10-13)
+++ v1 (2026-03-26)
@@ -269,2715 +269,2379 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215288", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215288", "MOTO BOMBA KSB 15 CV")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.350,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215289", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215289", "MOTO BOMBA KSB 15 CV")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215290", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215290", "MOTO BOMBA KSB 15 CV")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>4.300,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215292", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215292", "MOTO BOMBA KSB 7,5 CV")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215293", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215293", "MOTO BOMBA KSB 7,5 CV")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.650,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215294", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215294", "TANQUE VIRADOR EM AÇO INÓX")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215295", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215295", "PÓRTICO SEM TALHA 220CM LARGURA  X 310CM ALTURA ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.850,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215296", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215296", "EMPILHADEIRA CLARK CHY 4 TON")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215297", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215297", "LOTE COM VÁLVULAS ESFERA E GAVETA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215298", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215298", "LOTE COM VÁLVULAS GAVETA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215299", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215299", "LOTE COM VÁLVULAS ESFERA E GAVETA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215300", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215300", "LOTE COM VÁLVULAS BORBOLETA E GAVETA")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215305", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215305", "LOTE COM VALVULAS GAVETA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215306", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215306", "LOTE COM VALVULAS GAVETA")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215307", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215307", "LOTE COM VÁLVULAS DE RETENÇÃO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215308", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215308", "LOTE COM VÁLVULAS ESFERA E GAVETA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215309", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215309", "LOTE COM CONEXÕES TUBULARES CURVAS 45º DE APROX. 180KG")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215310", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215310", "LOTE COM VALVULAS DE RETENÇÃO DE APROX. 270KG")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215311", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215311", "LOTE DE FLANGES COM PESCOÇO DE APROX. 900KG")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215312", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215312", "LOTE DE FLANGES COM PESCOÇO DE APROX. 850KG")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215313", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215313", "LOTE DE FLANGES COM PESCOÇO DE APROX. 900KG")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215314", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215314", "LOTE COM VALVULAS ESFERA E GAVETA")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215315", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215315", "LOTE COM VÁLVULAS E CONEXÕES")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215316", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215316", "LOTE COM CONEXÕES TÊ 45° E CURVAS 45°")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215317", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215317", "LOTE COM CONEXÕES TUBULARES CURVAS 45°")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215318", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215318", "LOTE DE FLANGES COM PESCOÇO DE APROX. 950KG")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215319", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215319", "LOTE DE FLANGES COM PESCOÇO DE APROX. 850KG")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215320", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215320", "LOTE DE FLANGES COM PESCOÇO DE APROX. 850KG")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215321", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215321", "LOTE DE CONEXÕES TÊ 90°")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215324", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215324", "LOTE COM CONEXÕES TÊ 45°")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215325", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215325", "LOTE DE FLANGES COM PESCOÇO DE APROX. 850KG")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215326", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215326", "LOTE DE FLANGES COM PESCOÇO DE APROX. 850KG")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215327", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215327", "LOTE DE FLANGES COM PESCOÇO DE APROX. 850KG")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215328", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215328", "LOTE DE FLANGES COM PESCOÇO DE APROX. 1000KG")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215329", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215329", "LOTE DE FLANGES COM PESCOÇO DE APROX. 650KG")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215330", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215330", "LOTE DE FLANGES COM PESCOÇO DE APROX. 900KG")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215331", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215331", "LOTE DE FLANGES COM PESCOÇO DE APROX. 850KG")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215333", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215333", "LOTE COM CONEXÕES TÊ 90°")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215334", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215334", "LOTE COM CONEXÕES TÊ 90°")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215335", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215335", "LOTE COM CONEXÕES TÊ 90°")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215336", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215336", "PEÇA LIEBHERR WERK NENZING GMBH")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215337", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215337", "VÁLVULA DE ESFERA")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215338", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215338", "VÁLVULA DE ESFERA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215339", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215339", "VÁLVULA DE ESFERA")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215340", "046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215340", "VÁLVULA DE ESFERA")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215341", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215341", "VÁLVULA DE ESFERA")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215342", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215342", "VÁLVULA DE GAVETA")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215343", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215343", "VÁLVULA GLOBO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215344", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215344", "VÁLVULA DE GAVETA")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215349", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215349", "VÁLVULA DE ESFERA")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215350", "052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215350", "VÁLVULA DE ESFERA")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215351", "053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215351", "VÁLVULA GAVETA")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215352", "054")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215352", "CONEXÃO TUBULAR CURVA 90°")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215353", "055")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215353", "CONEXÃO TUBULAR CURVA 90°")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215354", "056")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215354", "LOTE COM 2 CONEXÕES TUBULARES CURVA 90°")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215355", "057")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215355", "CONEXÃO TUBULAR CURVA 90°")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215356", "058")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215356", "CONEXÃO TUBULAR CURVA 90°")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...20 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215357", "059")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215357", "FLANGE COM PESCOÇO")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215358", "060")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215358", "CONEXÃO TUBULAR CURVA 90°")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215359", "061")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215359", "CONEXÃO TUBULAR CURVA 90°")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215360", "062")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215360", "CONEXÃO TUBULAR CURVA 90°")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215361", "063")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215361", "CONEXÃO TUBULAR CURVA 45°")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...25 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215362", "064")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215362", "CONEXÃO TÊ 90°")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215782", "065")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215782", "CONEXÃO COM REDUÇÃO CONCÊNTRICA")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...52 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215783", "066")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215783", "CONEXÃO COM REDUÇÃO CONCÊNTRICA")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215784", "067")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215784", "CONEXÃO TÊ 90°")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215785", "068")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215785", "CONEXÃO TÊ 90°")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215786", "069")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215786", "LOTE COM 2 CONEXÕES TUBULARES CURVA 90° E 45°")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215787", "070")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215787", "CONEXÃO TUBULAR CURVA 45° E TÊ 90°")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215788", "071")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215788", "CONEXÃO TUBULAR CURVA 90°")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215789", "072")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215789", "CONEXÃO TUBULAR CURVA 90°")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215790", "073")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215790", "CONEXÃO TÊ DE REDUÇÃO")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215791", "074")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215791", "CONEXÃO TUBULAR")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215792", "075")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215792", "CONEXÃO TUBULAR")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215793", "076")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215793", "CONEXÃO TÊ 90°")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215794", "077")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215794", "FLANGE COM PESCOÇO")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215795", "078")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215795", "CONEXÃO TUBULAR")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215796", "079")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215796", "CONEXÃO TUBULAR")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215797", "080")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215797", "CONEXÃO TUBULAR")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215798", "081")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215798", "VÁLVULA GAVETA")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215827", "082")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215827", "VÁLVULA ESFÉRICA")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...2302 lines deleted...]
-      </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215828", "083")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215828", "LOTE COM 9 FLANGES CEGAS")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215829", "084")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215829", "LOTE COM 6 FLANGES CEGAS")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215830", "085")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/215830", "LOTE COM 7 FLANGES CEGAS")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>