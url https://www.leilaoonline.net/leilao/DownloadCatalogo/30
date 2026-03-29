--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,987 +269,867 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/822", "003")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/822", " Caminhão VW 17.210 PREF: 201088 PLACA:  DFG3971 Ano/Mod 2001 TRUCADO RENAVAM: 773215522 EQUIPAMENTO:  EQUITRAN MULTICARGA CHASSI:  9BWCK82T91R117981 LOCAL: KOLETA SP")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>47.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/820", "004")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/820", " Caminhão VW 17.250 E PREF: 208047 PLACA:  ECT0867 Ano/Mod 2008 TRUCADO RENAVAM: 979131693 EQUIPAMENTO:  FACCHINI CF 1000 19 m³ CHASSI:  9BWCN82T08R845965 LOCAL: KOLETA SP")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/819", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/819", " Caminhão VW 17.250 E PREF: 208052 PLACA:  ECT0868 Ano/Mod 2008 TRUCADO RENAVAM: 984548580 EQUIPAMENTO:  USIMECA BRAVO - 20 CHASSI:  9BWCN82T38R8466057 LOCAL: KOLETA SP")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/812", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/812", " Caminhão VW 17.250 E PREF: 208072 PLACA:  ECT0869 Ano/Mod 2008 TRUCADO RENAVAM: 987352806 EQUIPAMENTO:  USIMECA BRAVO - 20 CHASSI:  9BWCN82T58R848487 LOCAL:  KOLETA SP ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/813", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/813", " Caminhão VW 17.250 E PREF: 208070 PLACA:  ECT0876 Ano/Mod 2008 TRUCADO RENAVAM: 987353497 EQUIPAMENTO:  USIMECA BRAVO - 20 CHASSI:  9BWCN82TX8R850669 LOCAL:  KOLETA SP ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/814", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/814", " Caminhão VW 24.220 PREF: 208077 PLACA:  ECT0866 Ano/Mod 2008 TRUCADO RENAVAM: 989818900 EQUIPAMENTO:  EQUITRAN MULTICARGA CHASSI:  9BW3782T79R904148 LOCAL:  KOLETA SP ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>76</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>64.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/815", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/815", " Caminhão VW 17.220 PREF: 204077 PLACA:  LUH0691 Ano/Mod 2004 TRUCADO RENAVAM: 846002051 EQUIPAMENTO:  IMAVI IMAVI 25 T CHASSI:  9BW2M82T55R506399 LOCAL:  KOLETA SP ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/816", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/816", " Caminhão VW 17.220 PREF: 204034 PLACA:  DMW2768 Ano/Mod 2004 TRUCADO RENAVAM: 827620586 EQUIPAMENTO:  GRIMALDI POLIGUINDASTE TRIPLO CHASSI:  9BWCM82TX4R416622 LOCAL:  KOLETA SP ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/817", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/817", " FACCHINI/ SEMI REB.E CARRETA BASCULANTE PREF: 2091090 PLACA:  DTE2781 Ano/Mod 2009 RENAVAM: 152053778 CHASSI:  94BB084399R010770 LOCAL:  KOLETA SP ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/823", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/823", " LOTE COM 11 CAIXAS  DIVERSAS  ( patrim: 83, 814, 821,830, 845, 846, 850,  851, 852, 854, 856)  LOCAL:  KOLETA SP ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/824", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/824", " LOTE COM 06  CAIXAS   DIVERSAS  02 P-7 PATRIM. (704) E 4 P-5 PATRIM. (116, 713, 714, 715)  LOCAL:  KOLETA SP ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/825", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/825", " LOTE COM 10 Caixas Roll-On  -  DIVERSAS PATRIM. ( 1564, 1574,  1601, 1605,  2002, 2011, 2014, 2024, 2430, 25010) LOCAL:  KOLETA SP ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>155</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>45.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/827", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/827", " CARRETA BASCULANTE RANDON; ANO: 2013, PL.: EXO-0440; CH.: ; COM PNEUS BONS. LOCAL:  KOLETA SP ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/826", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/826", " EQUIPAMENTO TIPO ROLL ON IMAVI. LOCAL:  KOLETA SP ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/828", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/828", " COMPACTADOR DE LIXO USIMECA LOCAL:  KOLETA SP ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/829", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/829", " COMPACTADOR DE LIXO USIMECA LOCAL:  KOLETA SP ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/830", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/830", " COMPACTADOR DE LIXO USIMECA LOCAL:  KOLETA SP ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/831", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/831", " COMPACTADOR DE LIXO USIMECA LOCAL:  KOLETA SP ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/833", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/833", " COMPACTADOR DE LIXO USIMECA LOCAL:  KOLETA SP ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/832", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/832", " EQUIPAMENTO TIPO ROLL ON IMAVI. LOCAL:  KOLETA SP ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>17.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/835", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/835", " EQUIPAMENTO TIPO ROLL ON IMAVI. LOCAL:  KOLETA SP ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/834", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/834", " EQUIPAMENTO TIPO MUNCK. LOCAL:  KOLETA SP ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/837", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/837", " EQUIPAMENTO TIPO MUNCK. LOCAL:  KOLETA SP ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>8.300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/836", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/836", "pref.: 2081130  GRIMALDI POLIGUINDASTE TRIPLO - LOCAL:  KOLETA RJ ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/838", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/838", " Caminhão VW - 17-250 E PREF: 206021 PLACA:  DJE1753 Ano/Mod 2005/2006 EQUIPAMENTO:  USIMECA BRUTUS - 25 JARDAS CHASSI:  9BWCN82TX7R701628 LOCAL:  KOLETA RJ ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/840", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/840", " Caminhão VW - 17-250 E PREF: 206025 PLACA:  DJE1980 Ano/Mod 2006 EQUIPAMENTO:  USIMECA BRUTUS - 25 JARDAS CHASSI:  9BWCN82T77R701585 LOCAL:  KOLETA RJ ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/839", "030")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/839", " Caminhão VW - 17-250 E PREF: 209012 PLACA:  DTE2771 Ano/Mod 2009 EQUIPAMENTO:  FACCHINI CF 1000 19 m³ CHASSI:  9BWCN82T99R928537 LOCAL:  KOLETA RJ ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...550 lines deleted...]
-      <c r="A35" s="5" t="inlineStr">
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/842", "031")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/842", " Caminhão VW - 17-250 E PREF: 209013 PLACA:  DTE2772 Ano/Mod 2009 EQUIPAMENTO:  FACCHINI CF 1000 19 m³ CHASSI:  9BWCN82T09R928166 LOCAL:  KOLETA RJ ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
-      <c r="B35" s="4" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E37" s="5" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
-      <c r="F37" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/843", "032")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/843", " Caminhão VW - 24.220 WORKER PREF: 210005 PLACA:  KNW9221 Ano/Mod 2010 EQUIPAMENTO:  GRIMALDI POLIGUINDASTE DUPLO 10 T CHASSI:  9533782T6AR027856 LOCAL:  KOLETA RJ ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1014", "033")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1014", "CAMINHÃO VW 17250E PREF: 210102 PLACA:  EQT6570 Ano/Mod 2010 CH.: 9533N82TXBR115906 (Frota: 210102), TRUCADO / MANUAL")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>