--- v0 (2025-11-05)
+++ v1 (2026-03-26)
@@ -269,635 +269,559 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216307", "049")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216307", "CHEVROLET S10 LS CABINE DUPLA 4X4; 2021/2021; PRETA; DIESEL - FUNCI. - FIPE R$ 148.056,00")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>65.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216303", "050")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216303", "FIAT 500 SPORT DUAL; 2009/2010; GASOLINA; COMPLETO - FUNCIONANDO - APROX. 69.700KM")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216301", "051")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216301", "veja o vídeo!! CHEVROLET/SPIN 1.8L MT LS E.; 2021/2021; PRATA; ALCO./GASOL. - FUNC. - FROTA H16 - FIPE - R$ 66.528,00")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>16.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216296", "056")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216296", "CHEVROLET S10 ADV FD2; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216297", "057")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216297", "CHEVROLET S10 ADV FD2; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>59.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216298", "058")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216298", "CHEVROLET S10 ADV FD2; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216299", "060")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216299", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216300", "061")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216300", "veja o vídeo!! I NISSAN FRONTIER S MTX4 4X4; 2021/2021; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>89.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216308", "062")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216308", "veja o vídeo!! I NISSAN FRONTIER S MTX4 4X4; 2021/2021; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>89.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216309", "063")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216309", "CHEVROLET S10 LS 4X4 CD; 2021/2022; PRATA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216311", "066")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216311", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216310", "067")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216310", "NISSAN FRONTIER XE 4X2; 2013/2013; PRETA; DIESEL - NÃO FUNCIONA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216302", "068")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216302", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216304", "069")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216304", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216305", "070")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216305", "JINBEI FABUSFORMA M35; 2012/2013; BRANCA; GASOLINA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216312", "073")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216312", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216313", "074")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216313", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216318", "075")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216318", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216322", "077")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216322", "NISSAN FRONTIER S MTX4; 2021/2021; BRANCA; DIESEL; CABINE DUPLA; 4X4; - FUNCIONANDO - FROTA J54")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>