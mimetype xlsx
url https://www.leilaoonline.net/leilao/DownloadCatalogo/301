--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,859 +269,755 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13560", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13560", " CONEXÕES DIVERSAS APROX, 645 PÇS. ( FOTO ILUSTRATIVA ), UND BARRA")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.950,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13566", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13566", " MATERIAIS DE FIXAÇÃO E JUNTAS APROX. 564 PÇS. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13571", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13571", " COMPONENTES PARA VÁLVULAS - 60 PÇS. ( FOTO ILUSTRATIVA ) UND  BARRA BONITA/SP")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13563", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13563", " COMPONENTES DE VÁLVULAS 28 PÇS, (FOTO ILUSTRATIVA), UND BARRA BONITA/SP")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.550,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13570", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13570", " CONEXÕES DIVERSAS 71 PÇS. (FOTO ILUSTRATIVA) UND BARRA BONITA/SP")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13562", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13562", " ROLAMENTOS E MANCAIS 7 PÇS.  ( FOTO ILUSTRATIVA )UND BARRA BONITA/SP")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13574", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13574", " 24 TUBOS EM INOX ( FOTO ILUSTRATIVA ), UND  BARRA BONITA/SP")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.100,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13577", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13577", " CONEXÕES DIVERSAS (FOTO ILUSTRATIVA), UND  BARRA BONITA/SP")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13556", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13556", " COMPONENTES PARA IMPLEMENTOS 237 PÇS. (FOTO ILUSTRATIVA), UND BARRA BONITA/SP")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13564", "3218")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13564", " APROX. 69 ELETRODUTOS, ( FOTO ILUSTRATIVA), UND BARRA BONITA/SP")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>810,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13559", "3219")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13559", "EQUIPTOS E INSTR DE MEDIÇÃO - 35 PÇS, ( FOTO ILUSTRATIVA), UND BARRA BONITA/SP")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.150,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13558", "3220")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13558", " EQUIPTOS INDUSTRAIS DIVERSOS 11 PÇS, ( FOTO ILUSTRATIVA), UND BARRA BONITA/SP")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13554", "3221")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13554", " APROX. 450 METROS DE CABO SIN/INS CL5 PVC PT 2PX1,5MM², ( FOTO ILUSTRATIVA), UND  BARRA BONITA/SP")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>6.800,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13553", "3222")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13553", " EQUIPTOS E INSTR DE MEDIÇÃO - CABECA PERFOR DMH700X300, ( FOTO ILUSTRATIVA), UND BARRA")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13572", "3223")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13572", " TRANSFORMADOR (RESISTOR DE CORRENTE 13,8KV 200A 10S), ( FOTO ILUSTRATIVA), UND BARRA")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13565", "3225")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13565", " COMPONENTES PARA CAMINHÕES 80 PÇS, ( FOTO ILUSTRATIVA), UND BARRA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13573", "3226")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13573", " COMPONENTES MF E JD 18 PÇS.., ( FOTO ILUSTRATIVA), UND BARRA ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13552", "3228")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13552", " TUBO ROTOR HOWARD, ( FOTO ILUSTRATIVA), UND BARRA  ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13578", "3232")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13578", "169 ITENS COMPONENTES PARA TRATOR VALTRA, ( FOTO ILUSTRATIVA), UND BARRA")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13567", "3233")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13567", "APROX. 86M DE CABO ,36M CABO, REDUTOR COROA/ROSCA SEM FIM, ( FOTO ILUSTRATIVA), UND BARRA")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13568", "3234")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13568", " EQUIPAMENTO DE TOMADORES DE AMOSTRA, ( FOTO ILUSTRATIVA), UND BARRA  ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13557", "3264")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13557", " PERFIS E CHAPAS, ( FOTO ILUSTRATIVA), UND BARRA  ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...179 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13561", "3265")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13561", " COMPONENTES DISTRIBUIÇÃO ENERGIA E FAB AÇUCAR 46PÇS, ( FOTO ILUSTRATIVA), UND BARRA ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13569", "3266")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13569", " 164 MTS TUBOS DE AÇO, ( FOTO ILUSTRATIVA), UND BARRA ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>33.550,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...79 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13576", "3267")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13576", " 102 MTS EM PVC, ( FOTO ILUSTRATIVA), UND BARRA ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...446 lines deleted...]
-      </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13575", "3268")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13575", " 27 MTS DE BARRAS, ( FOTO ILUSTRATIVA), UND BARRA ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>4.950,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>