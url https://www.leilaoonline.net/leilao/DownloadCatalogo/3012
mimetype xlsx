--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,1659 +269,1455 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216623", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216623", " 110 unid. ARMAÇÕES DE ÓCULOS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216636", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216636", " 90 Unid. ARMAÇÕES DE ÓCULOS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216625", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216625", " 100 UNID. ARMAÇÕES PUMMA   CX")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216640", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216640", " 100 UNID. ARMAÇÕES PUMMA   CX")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216639", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216639", " 50 BANDEJAS DE PLÁSTICO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216634", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216634", " 50 BANDEJAS DE PLÁSTICO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216631", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216631", " 3 UNID. PALETEIRA MANUAL")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216633", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216633", " 06 UN. DE CAIXA DE INCÊNDIO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216637", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216637", "[ VÍDEO ] 01 UNID. MAPOTECA PANDIM EM AÇO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216632", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216632", " 01 MAPOTECA PANDIM EM AÇO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216638", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216638", " Kit Parafuso Estr. Sextavado A325   Arruela   Porca Zincado")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216635", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216635", " Kit Parafuso Estr. Sextavado A325   Arruela   Porca Zincado")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216629", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216629", " 35 UNID. TORRE VAZIA DELL ORIGINAL")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216624", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216624", " 01 UNID. APARADOR / BANCADA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216626", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216626", " 01 UNID. APARADOR / BANCADA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216630", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216630", " 02 COIFA COM MOTOR")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216628", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216628", " 07 UNID. RACK VERTICAL SERVIDOR")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216627", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216627", " 01 PÓRTICO / PONTE ROLANTE")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216604", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216604", " Controlador De Motor Ab 150-c251ncd Trifásico 50/60hz Allen")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216616", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216616", "Máquina de Solda BGA. Retrabalho Ir Altamente Flexível. Ir/pl 550 A Ersa.")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216609", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216609", " APROX. 220 UN. - PISOS ELEVADO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216593", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216593", " 10 UN. GAVETEIRO ROLANTE - MARCA RICCO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216615", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216615", " 05 UN. Cassete Hidrônico York c/ Controle")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216611", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216611", " 05 UN. Cassete Hidrônico York c/ Controle")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216599", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216599", " REFRIGERADOR VERTICAL")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216613", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216613", " 37 UN. - MOTOR COM REDUTOR 80X1 ( 1,5)")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216595", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216595", " 7 un. - MOTOR COM REDUTOR 80X1 (0,5CV)")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216608", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216608", " Nobreak NHS Premin PDV Max   Módulo Expansão Baterias")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216614", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216614", " Nobreak SMS Sinus Double II")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216601", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216601", " Nobreak Eaton E Series DX")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216592", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216592", " Nobreak Eaton E Series DX")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216607", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216607", " MÓDULO LIGA/DESLIGA EATON")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216602", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216602", " Nobreak APC Galaxy 5000   Armoire Batterie")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216596", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216596", " PAINEL DE CONTROLE")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216603", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216603", " PAINEL DE CONTROLE")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216600", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216600", " PAINEL DE CONTROLE")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216594", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216594", " PAINEL DE CONTROLE")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216606", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216606", " PAINEL DE CONTROLE")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216605", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216605", " PAINEL DE CONTROLE")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216610", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216610", " PAINEL DE CONTROLE")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216591", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216591", " PAINEL DE CONTROLE")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216597", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216597", " PAINEL DE CONTROLE")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216598", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216598", " PAINEL DE CONTROLE")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216612", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216612", " 90 un. - DUTO VENTILADO GALVANIZADO")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216590", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216590", " 90 un. - DUTO VENTILADO GALVANIZADO")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216618", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216618", " 7 UN. Pé Direito em Ferro")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216621", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216621", " 5 UN. MESA ERGONÔMICA")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216617", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216617", " 5 UN. MESA ERGONÔMICA")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216620", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216620", " 10 UN. ARMÁRIO MULTIUSO")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>180.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216619", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216619", " 2 UN. SELADORA CONJUGADA DELTA PACK")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216622", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216622", "CHILLER TRANE 7 KVA")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>