--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,443 +269,391 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13582", "2078")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13582", " CHEVROLET; CELTA LIFE 1.0 LS; PRATA; 2011/2012; ALCO./GASOL.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>7.150,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13586", "2079")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13586", " CHEVROLET; CELTA LIFE 1.0 LS; PRATA; 2011/2012; ALCO./GASOL.")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>6.400,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13588", "2083")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13588", "CHEVROLET; CELTA LIFE 1.0 LS; PRATA; 2011/2012; ALCO./GASOL.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13583", "2084")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13583", " CHEVROLET; CELTA LIFE 1.0 LS; PRATA; 2011/2012; ALCO./GASOL.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>6.900,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13585", "2086")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13585", " CHEVROLET; CELTA LIFE 1.0 LS; PRATA; 2012/2013; ALCO./GASOL.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>7.300,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13584", "2087")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13584", " FIAT; DOBLO AMBULANCIA; BRANCA; 2011/2012; ALCO./GASOL.")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>10.950,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13591", "2089")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13591", " CHEVROLET; CELTA LIFE 1.0 LS; PRATA; 2011/2012; ALCO./GASOL.")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>6.900,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13593", "11239")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13593", "CHEVROLET; CELTA LIFE 1.0 LS; PRATA; 2011/2012; ALCO./GASOL.")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13589", "11240")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13589", "CHEVROLET; CELTA LIFE 1.0 LS; BRANCO; 2013/2014; ALCO./GASOL.")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13590", "11242")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13590", "CHEVROLET; CELTA LIFE 1.0 LS; PRATA; 2011/2012; ALCO./GASOL.")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>7.800,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13581", "11244")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13581", " CHEVROLET; CELTA LIFE 1.0 LS; PRATA; 2011/2012; ALCO./GASOL.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>7.800,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13587", "11246")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13587", " FIAT; UNO VIVACE 1.0 ; BRANCA; 2015/2015; ALCO./GASOL.")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>9.900,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13592", "11248")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13592", "FIAT UNO VIVACE 1.0, ANO 2015, FLEX")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>9.900,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>