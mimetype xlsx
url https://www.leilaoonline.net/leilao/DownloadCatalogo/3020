--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216887", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216887", " EMPILHADEIRA HANGCHA 2,5Ton ANO:   2010 NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216881", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216881", " EMPILHADEIRA HANCHA 2,5Ton ANO:   2011 NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216880", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216880", " EMPILHADEIRA KOMATSU 2,5Ton  sem ano NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216889", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216889", " EMPILHADEIRA LINDE 3,0Ton  ANO:   2010 NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216884", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216884", " EMPILHADEIRA HYSTER 10Ton sem ano NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216891", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216891", " EMPILHADEIRA YALE 2,5Ton sem ano NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216894", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216894", " EMPILHADEIRA YALE 2,5Ton  sem ano NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216885", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216885", " GERADOR CUMMINS 350kva sem ano NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216882", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216882", " GERADOR STEMAC 340kva ANO:   2007 NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216898", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216898", " GERADOR CUMMINS 1200kva sem ano NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216883", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216883", " GERADOR MAQUIGERAL 500kva  ANO:   2008 NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216901", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216901", " GERADOR STEMAC 450kva  sem ano NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216886", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216886", " GERADOR STEMAC 80kva  ANO:   2001 NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216900", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216900", " GERADOR SCANIA 500kva  sem ano NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216893", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216893", " MOTOR ESTACIONÁRIO SCANIA  sem ano NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216892", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216892", " COMPRESSOR DE AR CHICAGO PNEUMATIC 12-60LA  sem ano NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216888", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216888", " COMPRESSOR DE AR ATLAS COPCO GA707  sem ano NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216899", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216899", " PENEIRA SEPARADORA EM INOX  ANO:   1991 NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216903", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216903", " 1 GERADORES DE ENERGIA DolMel  ANO:   1969 NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216902", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216902", " 1 GERADORES DE ENERGIA DolMel  ANO:   1969 NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216895", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216895", " 1 GERADORES DE ENERGIA DolMel  ANO:   1969 NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216890", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216890", " 1 GERADORES DE ENERGIA DolMel  ANO:   1969 NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216896", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216896", " 1 GERADORES DE ENERGIA DolMel  ANO:   1969 NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216897", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/216897", " 1 GERADORES DE ENERGIA DolMel  ANO:   1969 NO ESTADO EM QUE SE ENCONTRA. VISITE O LOTE. ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>