--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,1723 +269,1511 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217378", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217378", " Pá Carregadeira Michigan 75 III - ano aprox. 1980")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217380", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217380", " Batedeira de milho Penha")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217379", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217379", " Grade Niveladora Baldan 36 discos amarela")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217383", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217383", " Grade rome Santa Izabel 16 discos com comando cor azul")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217382", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217382", " Arado 3 discos com comando duplo dois pistões Santa Izabel")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217381", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217381", " Roçadeira de arrasto roda de ferro vermelha")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217384", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217384", " Carreta de madeira 2 rodas")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217385", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217385", " Rolo pé de carneiro vermelho")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217386", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217386", " Tanque cinza 1 eixo rodado duplo 6.000 litros")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217387", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217387", " Tanque distribuidor esterco líquido 6.000 litros com bomba cor vermelho")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217389", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217389", " Tanque distribuidor de esterco líquido IAC 6.000 litros com bomba cor verde")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217388", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217388", " Subsolador Stara 7 hastes")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217390", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217390", " Distribuidor de calcário 5500 kg IAC. Esteira dupla. Aprox. 80 cm rodado tanden, cor azul")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217667", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217667", " TRATOR DE ESTEIRA CATERPILLAR MOD. D4 ANO 1980")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217391", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217391", " Carretinha azul 1,32 x 1,90 x 0,37 cm")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217365", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217365", " Pulverizador Jacto de turbina")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217392", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217392", " Distribuidor de calcário Lancer Jan 6.000 kg, esteira dupla aproximadamente 77 cm, rodado tanden, cor vermelho")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217393", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217393", " Pulverizador de barras Berthoud -")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217394", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217394", " Pulverizador de barras Montana")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217370", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217370", " Tanque para diesel 6.000 litros")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217377", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217377", " Tanque de fibra com chassis duas rodas 2.000 litros")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217359", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217359", " Tanque de fibra com chassis duas rodas 2.000 litros")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217366", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217366", " Furgão Altura 2,10 Largura 1,80 Comprimento 3,04")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217369", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217369", " Arado 3 discos Tatu")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217364", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217364", " Arado 3 discos Massey Ferguson")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217395", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217395", " Trator CASE 290 ano 2013")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>400.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217396", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217396", " Trator TL85 ano 2010")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217397", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217397", " Trator John Deere 7715 ano 2010")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217374", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217374", " Scraper Madal 3,5 m³")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217360", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217360", " Adubadeira de milho")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217375", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217375", " Roçadeira Massey Ferguson")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217368", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217368", " Distribuídor de Fertilizantes Stara Tornado 1300")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217398", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217398", " Trator CASE 180 ano 2013")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217399", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217399", " Trator New Holland TS6020 ano 2014,4x4, gabinado, funcionando")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>121.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217361", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217361", " Trator Valtra A950 ano 2016, 4x4, cabine, ar condicionado")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>170.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217371", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217371", " Trator New Holland TS6020 ano 2008,4x4, capota, funcionando")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>650.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217372", "039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217372", " Trator Ford a gasolina")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217362", "040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217362", " Trator Zetor")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217376", "041")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217376", " Rolo compactador")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217363", "042")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217363", " Caçamba coletora de lixo Vemaq")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217669", "043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217669", " TRATOR DE ESTEIRA CATERPILLAR MOD. D4 ANO 1980")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217400", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217400", " Adubador de café Kamaq verde")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...20 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217401", "045")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217401", " Arado 4 discos chassis redondo vermelho")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217402", "046")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217402", " 2 Semeadeiras de trigo Jumil 7 linhas vermelha")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217403", "047")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217403", " Ruador de café cinza")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217404", "048")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217404", " Concha 1,20 x 0,70 cm vermelha")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217405", "049")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217405", " Roçadeira lateral vermelha")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217406", "050")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217406", " Grade rome 14 discos de pneus Baldan")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217670", "051")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217670", " ROLO COMPACTADOR MULLER ANO 1974")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217407", "052")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217407", " Distribuidor de calcário Lancer Jan 5.500 kg esteira simples aproximadamente 58 cm rodado tanden, cor vermelho")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217408", "053")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217408", " Roçadeira de arrasto roda de ferro")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217409", "054")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217409", " Roçadeira de arrasto roda de ferro")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...63 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+      <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...1438 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217668", "055")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217668", " TANQUE COM CHASSI")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>