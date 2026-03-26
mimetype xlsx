--- v0 (2025-10-13)
+++ v1 (2026-03-26)
@@ -269,411 +269,363 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217599", "015")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217599", "CHEVROLET S10 ADV FD2; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>57.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217608", "020")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217608", "veja o vídeo!! I NISSAN FRONTIER S MTX4 4X4; 2021/2021; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>107.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217600", "025")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217600", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217609", "030")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217609", "CHEVROLET S10 LS 4X4 CD; 2021/2022; PRATA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>76.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217612", "040")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217612", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217615", "045")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217615", "NISSAN FRONTIER S MTX4; 2021/2021; BRANCA; DIESEL; CABINE DUPLA; 4X4; - FUNCIONANDO - FROTA J54")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>112.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217598", "050")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217598", "CHEVROLET S10 ADV FD2; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
         <is>
           <t>57.500,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...122 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217603", "055")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217603", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217613", "060")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217613", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217606", "065")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217606", "JINBEI FABUSFORMA M35; 2012/2013; BRANCA; GASOLINA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217605", "070")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217605", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>31.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217614", "075")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217614", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>31.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>