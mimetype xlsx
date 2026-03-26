--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217625", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217625", " CAMINHÃO VW 10.160 DLVRY 4X2; ANO: 2015/2015; BRANCA; DIESEL; PL.: FKU8415; RENAVAM: 1060196449; CH.: 9531M72P5FR517404; KM: 322686;  NO CHASSI, SEM EQUIP. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217626", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217626", " CAMINHÃO VW 10.160 DLVRY 4X2; ANO: 2015/2015; BRANCA; DIESEL; PL.: FGL7D42; RENAVAM: 1059350642; CH.: 9531M72P4FR518883; KM: 317751; OBS.: FALTA ESTEPe NO CHASSI, SEM EQUIP. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>114.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217624", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217624", " CAMINHÃO VW 10.160 DLVRY 4X2; ANO: 2014/2015; BRANCA; DIESEL; PL.: PVW6C99; RENAVAM: 1045600684; CH.: 9531M62P1FR510797; NO CHASSI, SEM EQUIP. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F13" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...62 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217627", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217627", " CAMINHÃO VW 10.160 DLVRY 4X2; ANO: 2015/2015; BRANCA; DIESEL; PL.: FVN1043; RENAVAM: 1060196660; CH.: 9531M72P5FR518617;  NO CHASSI, SEM EQUIP. ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>