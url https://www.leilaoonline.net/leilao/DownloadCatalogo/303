--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1179 +269,1035 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13677", "200")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13677", "FIAT STRADA WORKING, ANO/MOD 2016/2016, ALCO./GASOLINA, BRANCA; (VID. EL.; AR COND.; DIR. HIDR.; ABS; AIR BAG) APROX. 37.000KM")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13673", "237")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13673", "I/ MMC LANCER 2.0; 2014/2014; BRANCA; GASOLINA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13720", "238")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13720", "I, PEUGEOT 307 16PR PK, 2008/2009, ALCO/GASOL, CINZA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13719", "239")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13719", "CITROEN; C3 PICASSO GLX M; 2011/2012; PRETA; ALCO./GASOL.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>17.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13650", "240")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13650", "FIAT/SIENA FIRE 16V, ANO 2003, ALCO/GASOL., PRETA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13664", "241")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13664", "FIAT STRADA WORKING, ANO/MOD 2016/2016, ALCO./GASOLINA, BRANCA; (VID. EL.; AR COND.; DIR. HIDR.; ABS; AIR BAG) APROX. 26.000KM")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13718", "242")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13718", "VW; PASSAT (Turbo); 1974/1974; LARANJA; ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13665", "243")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13665", "CITROEN; C3 AIRCROSS GLXA; 2013/2014; PRETA; ALCO./GASOL.")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13722", "244")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13722", "HONDA FIT LXL FLEX, AUTOMÁTICO, ANO 2008/2009, ALCO./GASOL., DOURADO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13668", "245")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13668", "FIAT/ IDEA ESSENCE 1.6; 2012/2013; PRATA; ALCO/GASOL.")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13717", "246")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13717", "I; CHEVROLET TRACKER LTZ; 2017/2017; BRANCA; ALCO./GASOL. - APROX. 1.800KM")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>61.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13675", "247")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13675", "FIAT STRADA WORKING, ANO/MOD 2016/2016, ALCO./GASOLINA, BRANCA; (VID. EL.; AR COND.; DIR. HIDR.; ABS; AIR BAG) APROX. 26.000KM")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13662", "250")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13662", "HYUNDAI / TUCSON GLSB, ANO 2012/2013 AUTOMÁTICO, GASOLINA; PLACA FINAL 09")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>19.250,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13660", "251")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13660", "FIAT; STILO M SCHUMACHER; 2004/2005; VERMELHA; GASOLINA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13723", "252")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13723", "FIAT; FIORINO FLEX, 2007/2008, ALCO./GASOLINA, AMARELA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>9.759,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13671", "253")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13671", "I; KIA PICANTO EX41.0MTFF; 2012/2012; CINZA; ALCO./GASOL.")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>15.900,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13666", "257")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13666", "FIAT STRADA WORKING, ANO/MOD 2016/2016, ALCO./GASOLINA, BRANCA,  (VID. EL.; AR COND.; DIR. HIDR.; ABS; AIR BAG) APROX. 37.000KM")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13721", "258")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13721", "MITSUBISHI OUTLANDER 2.4 16V, ANO/MOD 2008/2009")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>22.250,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13656", "260")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13656", "I; PORSCHE PANAMERA TURBO; 2011/2011; PRETA; GASOLINA; APROX. 27.000KM")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>143.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13667", "263")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13667", "FIAT STRADA WORKING, ANO/MOD 2016/2016, ALCO./GASOLINA, BRANCA,  (VID. EL.; AR COND.; DIR. HIDR.; ABS; AIR BAG) 37.000KM")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13651", "265")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13651", "HYUNDAI / TUCSON GLSB, ANO 2012/2013 AUTOMÁTICO, GASOLINA; PLACA FINAL 29")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>21.750,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13672", "268")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13672", "I/ JAC J3; 2012/2013; PRATA; GASOL./ALCOL.")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>11.200,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13657", "269")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13657", "GM/ CORSA HATCH PREMIUM 1.4, ANO/MOD 2008/2009, COR PRATA, FLEX")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>9.800,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13699", "270")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13699", "FIAT STRADA WORKING, ANO/MOD 2016/2016, ALCO./GASOLINA, BRANCA  (VID. EL.; AR COND.; DIR. HIDR.; ABS; AIR BAG) APROX. 27000KM")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13707", "296")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13707", "FIAT DOBLO ADVENTURE FLEX, 2006/2006, ALCO./GASOLINA, BRANCA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>14.950,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13703", "297")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13703", "I/FORD; TRST MODIFICAR TP; 2010/2011; BRANCA; DIESEL")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13663", "300")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13663", "VW/ KOMBI FURGÃO 2008/2009, BRANCA, GASOLINA,")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13659", "302")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13659", "M.BENZ/ L608 D; 1973/1973; AMARELA; DIESEL")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13653", "303")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13653", "FORD / CARGO 815 E; 2007/2008; BRANCA; DIESEL")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13654", "304")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13654", "VOLVO/ NL 12 360 4X2; 1993/1993; BRANCA; DIESEL")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>20.250,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13655", "305")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13655", "FORD CARGO 815 E; 2007/2008; BRANCA; DIESEL")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>31.250,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13676", "306")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13676", "FIAT STRADA WORKING, ANO/MOD 2016/2016, ALCO./GASOLINA, BRANCA; (VID. EL.; AR COND.; DIR. HIDR.; ABS; AIR BAG) APROX. 37.000km")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>29.750,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13652", "308")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13652", "MERCEDES BENZ/ 1723, 1998/1999, PRATA, DIESEL,")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13658", "309")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13658", "FORD/750, ANO/MOD 1976/1977 GUINCHO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>16.100,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13669", "310")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13669", "ROLO COMPACTADOR DYNAPAC MOD CG11; MOTOR AGRALE DIESEL")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>6.100,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13786", "311")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13786", "I/FORD; TRST MODIFICAR TP; 2010/2011; BRANCA; DIESEL")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>