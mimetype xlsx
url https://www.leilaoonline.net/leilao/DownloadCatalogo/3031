--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,2651 +269,2323 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220772", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220772", " ASPA DE FIAÇÃO MOTORIZADA")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>560,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220798", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220798", " ASPA DE FIAÇÃO MOTORIZADA")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>560,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220810", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220810", " AUTO CLAVE ESTERILIZADORA EM AÇO INOX")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220804", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220804", " CABINE PINTURA COMPACTA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220774", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220774", " CALDEIRA PARA OLEO DALTERMICO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220825", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220825", " CENTRIFUGA DE CESTO SEMI CONTINUA EM AÇO INOX 1.100 LITROS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>56.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>600.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220799", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220799", " CENTRÍFUGA DE CESTO INDUSTRIAL EM AÇO INOX 450 LITROS")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220802", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220802", " CENTRIFUGA VERTICAL DE DISCOS GRATT EM AÇO INOX")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>600.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220783", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220783", " CENTRIFUGA DE PRATO WESTFALIA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220803", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220803", " CENTRIFUGA DE DISCOS WESTFALIA SEPARATOR D4740")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220818", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220818", " CENTRIFUGA DE CESTO CONTINUA EM AÇO INOX 565 LITROS")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220800", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220800", " CHILLER INDUSTRIAL DANFRIO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>450.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220795", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220795", " CHILLER INDUSTRIAL MEGACAL")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>450.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220773", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220773", " CONTAINER AÇO INOX 1.000 LITROS")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220791", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220791", " CURADORA UV GERMETEC MINICURA MC-300 2A/300")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220775", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220775", " ESTEIRA TRANSPORTADORA COM ELEVAÇÃO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.450,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220845", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220845", " FILTRO DE PLACAS - FPVT 20.000")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220797", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220797", " FILTRO NUTSCHE SECADOR A VÁCUO CAPAC. APROX. 1.000 LTS")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>266.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>3000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220814", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220814", " FORNO ELÉTRICO ALTA TEMPERATURA")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220793", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220793", " HOMOGENEIZADOR GAULIN")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>650.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220792", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220792", " TANQUE HORIZONTAL PARA LAVAGEM TIPO COXO EM AÇO INOX")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220788", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220788", " MAQUINA PARA SORVETE EXPRESSO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>180.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220779", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220779", " MISTURADOR PLANETÁRIO A VÁCUO DE 500 LITROS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>45.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220807", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220807", " MASSEIRA PLANETÁRIA G.PANIZ BP-18C")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220787", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220787", " MISTURADOR/DISPERSOR TIPO COWLES 25Cv")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>650.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220819", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220819", " MISTURADOR TIPO SIGMA PARA MISTURAS PESADA")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>25.800,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220817", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220817", " TANQUE MISTURADOR(DILUIDOR) 15.000 LITROS")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220823", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220823", " MOINHO DE ESFERAS")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220821", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220821", " PORTA PALETES E LONGARINAS")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>650.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220806", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220806", " REATOR ENCAMISADO EM AÇO INOX 316 CAPAC. 1.850 LITROS")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220781", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220781", " CRISTALIZADOR-SECADOR HORIZONTAL")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>84.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220790", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220790", " TANQUE EM AÇO INOX 20.000 LTS")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>9.100,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>450.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220835", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220835", " TANQUE EM AÇO INOX CAPACIDADE 1500 LITROS")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220824", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220824", " CAIXA EM AÇO INOX CAPAC. 9.000 LITROS")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220843", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220843", " TORRE DE RESFRIAMENTO HYDRODATA")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
         <is>
           <t>560,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220812", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220812", " TORRE DE RESFRIAMENTO HYDRODATA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>560,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220820", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220820", " TORRE DE RESFRIAMENTO KORPER")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220815", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220815", " TRANSFORMADOR 30 KVA")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>220.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220813", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220813", " TROCADOR DE CALOR AREA DE TROCA 20m²")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>9.100,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>650.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220846", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220846", " TROCADOR DE CALOR AREA DE TROCA 61,24m²")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220832", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220832", " LOTE DE BARREIRAS DE CONTENÇÃO DE CONCRETO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220776", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220776", " TANQUE EM AÇO CARBONO HORIZONTAL 15.000 LITROS")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220848", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220848", " MISTURADOR RIBBON BLENDER CAPAC. APROX. 2.500 LITROS")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>84.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>1300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220844", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220844", " HOMOGENEIZADOR SHL 30 ALFA LAVAL")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>66.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220834", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220834", " TANQUE DE FIBRA 8.600 LITROS")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220830", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220830", " TANQUE DE FIBRA 20.000 LITROS")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220836", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220836", " TANQUE DE FIBRA COM MISTURADOR 20.000 LITROS")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>650.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220826", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220826", "[ VÍDEO ] EMPILHADEIRA HYSTER 155 FORTIS")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>63.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>700.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220839", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220839", " TANQUE DE FIBRA 20.000 LITROS")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>5.600,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220816", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220816", " SILO EM AÇO INOX")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220853", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220853", " SILO EM AÇO INOX")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220829", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220829", " SILO EM AÇO INOX")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220833", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220833", " SILO EM AÇO INOX")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220847", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220847", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 200 LTS")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220852", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220852", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 310 LITROS")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220780", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220780", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 850 LITROS")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220794", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220794", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 1.800 LITROS")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220849", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220849", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 1.200LTS")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>2.240,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220805", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220805", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 2.000 LITROS")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>5.600,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220837", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220837", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 700 LITROS")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>2.450,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220827", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220827", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 3.900 LITROS")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>5.600,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220796", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220796", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 800 LITROS")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>3.150,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220841", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220841", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 1.200 LITROS")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220851", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220851", " TANQUE HORIZONTAL EM AÇO INOX CAPAC. APROX. 2.000 LITROS")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220831", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220831", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 3.600 LITROS")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220838", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220838", " CAIXA EM AÇO INOX COM MOTOR E SOPRADOR")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220850", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220850", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 11.000 LITROS")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>5.600,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220822", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220822", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 700 LITROS")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.610,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220811", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220811", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 1500 LITROS")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>2.450,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220828", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220828", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 1300 LITROS")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220842", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220842", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 330 LITROS")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220778", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220778", " TANQUE HORIZONTAL EM AÇO CARBONO CAPAC. APROX. 1.000 LITROS")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220809", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220809", " TANQUE HORIZONTAL EM AÇO CARBONO CAPAC. APROX. 4.000 LITROS")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>2.450,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220784", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220784", " TANQUE HORIZONTAL EM AÇO CARBONO CAPAC. APROX. 3.200 LITROS")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220777", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220777", " TANQUE HORIZONTAL EM ALUMINIO CAPAC. APROX. 10.000 LITROS")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...307 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220808", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220808", " TANQUE MISTURADOR DE FIBRA CAPAC. APROX. 15.000 LITROS")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>11.900,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
         <is>
           <t>450.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...25 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220801", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220801", " TANQUE MISTURADOR DE FIBRA CAPAC. APROX. 15.000 LITROS")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>11.900,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
         <is>
           <t>450.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...601 lines deleted...]
-      <c r="F42" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220786", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220786", " TANQUE MISTURADOR DE FIBRA CAPAC. APROX. 20.000 LITROS")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>11.900,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
         <is>
           <t>450.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-[...1401 lines deleted...]
-      <c r="F86" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220840", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220840", " TANQUE DE FIBRA CAPAC. APROX. 20.000 LITROS")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
         <is>
           <t>450.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-[...25 lines deleted...]
-      <c r="F87" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220785", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220785", " TANQUE DE FIBRA CAPAC. APROX. 25.000 LITROS")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
         <is>
           <t>450.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-[...25 lines deleted...]
-      <c r="F88" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220782", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220782", " TANQUE DE FIBRA CAPAC. APROX. 20.000 LITROS")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
         <is>
           <t>450.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-[...94 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220789", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220789", " TANQUE DE FIBRA CAPAC. APROX. 7.500 LITROS")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>2.450,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>