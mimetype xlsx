--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,1723 +269,1511 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217768", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217768", " Lote de varetas de solda prata 0,747 gramas de vareta - solda prata com 45% de prata bitola de 1/8")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217772", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217772", " Lote de graxetas industriais diversas - Aproximadamente 50 Kg - varias medidas")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217770", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217770", " Lote de expandidor de tubos Hanna")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217769", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217769", " Lote de peças de reposição - Talha Berg Steel")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217774", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217774", " Lote com: 77 Abraçadeiras de inox para tubos - várias medidas")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217779", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217779", " Lote com: aproximadamente 60 Kg de eletrodo de bronze ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217788", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217788", " Lote com 44 peças de válvula rele de emergência. 1/4 - 1/2 NPT Santal Brakematic")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217780", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217780", " Lote de eletrodo ferro fundido 60% Aproximadamente 19 Kg")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217773", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217773", " Aproximadamente 18 Kg de eletrodo de ferro fundido limavel 85 NI Bitola de 4MM marca Nicrosol")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217777", "016")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217777", " Medidor de nivel endress hauser modelo FMR 240-45V1YY9CC4A")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217776", "017")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217776", " Lote com: Aproximadamente 25 Kg de eletrodo UTP 86- FN Ferro fundido 60% bitola de 4MM")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217781", "019")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217781", " Lote de produtos odontológicos ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217787", "022")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217787", " Lote com Aproximadamente 48.020 itens eletrônicos")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217817", "023")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217817", " Lote com: 20 Peças de tela LCD")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217793", "024")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217793", " Lote com aprox. 185 Rolos de estanho Soft - Bitola 4mm com 500G")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217796", "025")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217796", " Lote com: 25 peças de pedal eletrônico CX265-15")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217797", "026")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217797", " Lote com: 82 peças de válvula Solenoide 28154 Thermoval e 29 válvulas solenoide compressor Allice 21000000254")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217791", "027")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217791", " Lote com: 13 peças de manômetro Wika 6 pol. 0-700 KGF/CM2")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217790", "028")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217790", " Lote de manômetros e Vacuometros")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217800", "029")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217800", " Lote de manômetros industriais ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217789", "030")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217789", " Lote de manômetros diversos")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217785", "031")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217785", " Lote de manômetros e termômetros ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217786", "032")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217786", " Lote de manômetros e termômetros ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217784", "033")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217784", " Lote de manômetros")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217792", "034")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217792", " Lote de manômetros")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217798", "035")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217798", " Polarímetro Atago Polax")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217783", "036")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217783", " Lote de motores")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217799", "037")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217799", " Lote de termômetros e atuador")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217794", "040")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217794", " Lote de material de automação - sensores e módulos")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217805", "042")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217805", " Lote com: 56 Peças de rolamento 6812 ZZ MAK")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217803", "043")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217803", " Lote de Válvulas industrias")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217804", "044")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217804", " Lote com: 06 peças de talha Manual com diversas capacidades de cargas")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217802", "045")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217802", " Lote de Material ABB")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217806", "046")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217806", " Lote de materiais elétricos - Aproximadamente 816 peças")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217801", "047")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217801", " Lote de chaves , válvulas e rele")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217808", "048")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217808", " Lote de peças, chaves, trole, módulos, fontes")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217807", "049")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217807", " Lote de cabos, chaves sem fim, botões, reles, células de carga")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217810", "052")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217810", " Lote de termometros, pressostato, manometros")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217809", "053")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217809", " Lote com: 24 peças de diodo Semilron SKR 263/24 e 03 peças de diodo Semikron SKR 262/24 com Rabicho")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217812", "054")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217812", " Lote de cilindros hidráulicos e pneumáticos")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217816", "057")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217816", " Lote com: 05 peças de máquina de solda linconl flextec 450")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217775", "061")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217775", " Lote de trafos - transformador e reator")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217771", "063")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217771", " Lote de eletrodos inconel Aes e nicrmo-e - aproximadamente 30 KG ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217815", "064")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217815", " Lote com: 09 painéis eletrônicos")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217814", "065")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217814", " Lote com: 03 peças de acoplamento flexível TSKS- Referência tsks 050000001460 -Metastream b7921-0500-4700")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217795", "066")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217795", " Lote com: 20 Peças de tela LCD")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217819", "067")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217819", " Lote com: 20 Peças de tela LCD")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217818", "068")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217818", " Lote com: 20 Peças de tela LCD")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/218676", "069")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/218676", "Lote com: Aproximadamente 250 PEÇAS DE CONECTOR SINDAL  MACHO/FEMEA REFERÊNCIA 112 PO - 600 VOLTS 250 AMPRES FIOS ATÉ 6MM")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/218677", "070")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/218677", "Lote de peças automotivas ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...378 lines deleted...]
-      <c r="E24" s="5" t="inlineStr">
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/218678", "071")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/218678", "LOTE DE MOTORES E TRANSFORMADOR:  1 PEÇA DE MOTOR SEW-EURODRIVE 0,55KW / 1  PEÇA DE MOTOR WEG FLANGE 3 CV / 1 TRANSFORMADOR DE PARTIDA PARA MOTOR DE 60 CV")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/218679", "072")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/218679", "APROXIMADAMENTE 44 PEÇAS DE CAIXA DE DIREÇÃO PARA MOTOS ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
-[...1214 lines deleted...]
-      </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/218680", "073")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/218680", "Aproximadamente 350 Kg (403 peças) de conexões hidráulica para mangueira -  Lance por Kg")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>15,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>