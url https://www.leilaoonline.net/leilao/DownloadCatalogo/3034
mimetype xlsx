--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217871", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217871", "veja o vídeo!! CHEVROLET/S10 LT FD2; 2016/2017; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>47.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217877", "013")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217877", "CHEVROLET S10 ADV FD2; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217872", "015")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217872", "veja o vídeo!! FIAT/FIORINO ENDURANCE; 2021/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>39.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217879", "017")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217879", "veja o vídeo!! CHEVROLET/SPIN 1.8L MT LS E.; 2021/2021; PRATA; ALCO./GASOL. - FUNC. - FROTA H16 - FIPE - R$ 66.528,00")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217880", "023")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217880", "CHEVROLET S10 LS CABINE DUPLA 4X4; 2021/2021; PRETA; DIESEL - FUNCI. - FIPE R$ 148.056,00")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217870", "025")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217870", "veja o vídeo!! FIAT/FIORINO 1.4 FLEX; 2018/2019; VERMELHA; ALCO./GASOL. - FUNCIONANDO - APROX. 16.180KM")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>43.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217878", "027")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217878", "veja o vídeo!! I NISSAN FRONTIER S MTX4 4X4; 2021/2021; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>47.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217876", "030")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217876", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217882", "033")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217882", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217874", "035")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217874", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2012/2013; PRATA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>88.750,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217881", "037")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217881", "NISSAN FRONTIER XE 4X2; 2013/2013; PRETA; DIESEL - NÃO FUNCIONA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217873", "040")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217873", "veja o vídeo!! FIAT/FIORINO HD WK E; 2018/2019; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>21.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217883", "043")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217883", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217875", "045")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217875", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2016/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217884", "047")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/217884", "FIAT/STRADA WORKING 1.4; 2014/2014; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>