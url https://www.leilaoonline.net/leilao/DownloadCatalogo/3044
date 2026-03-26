--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,187 +269,167 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219000", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219000", " CAMINHAO COMPACTADOR 19 M3 - VOLKSWAGEN - 24250 - 6X2 - 2011/2012 NO ESTADO.  PLACA:  FCB5297 CHASSI:  9534N8247CR233757 RENAVAM:  479747440. OBS:  Veículo saiu de operação funcionando, está parado há alguns meses. Necessário revisão em geral. Sem bateria. Sem combustível. Retirada  de guincho ( nã")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/218996", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/218996", " CAMINHAO COMPACTADOR  USIMECA 15 M3 - FORD - 1717 - 4X2 - 2011/2011 NO ESTADO.  PLACA:  AUG7H68 CHASSI:  9BFYCE6U0BBB83062 RENAVAM:  339043474. OBS:  Veículo saiu de operação funcionando, está parado há alguns meses. Necessário revisão em geral. Sem bateria. Sem combustível. Retirada deve ser reali")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>106.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/218998", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/218998", " CAMINHAO PIPA GASCOM - 8.000 L - FORD - 1517 - 4X2 - 2011/2011 NO ESTADO.  PLACA:  AUG1C90 CHASSI:  9BFXCE5U6BBB77988 RENAVAM:  338041699. OBS:  Veículo saiu de operação funcionando, está parado há alguns meses. Necessário revisão em geral. Sem bateria. Sem combustível. Retirada deve ser realizada ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/218997", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/218997", " CAVALO MECANICO 18 TON - FORD - 1932 - 4X2 - 2011/2012 -  MAU ESTADO. FALTANDO PEÇAS.  NO ESTADO.  PLACA:  FCB6327 CHASSI:  9BFYEA4Y7CBS90973 RENAVAM:  467781222. OBS:  Veículo parado há muito tempo, faltando peças e componentes (não testado). Vendido no estado em que se encontra. Retirada deve ser")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...62 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/218999", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/218999", " CAMINHAO COMPACTADOR 19 M3 - VOLKSWAGEN - 17250 - 6X2 - 2010/2011 NO ESTADO.  PLACA:  EQT6566 CHASSI:  9533N82T1BR117908 RENAVAM:  272724289. OBS:  Veículo saiu de operação funcionando, está parado há alguns meses. Necessário revisão em geral. Sem bateria. Sem combustível. Retirada deve ser realiza")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>122.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>