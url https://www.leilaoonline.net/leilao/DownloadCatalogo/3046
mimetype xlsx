--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,539 +269,475 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219068", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219068", "veja o vídeo!! CHEVROLET/S10 LT FD2; 2016/2017; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>66.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219294", "011")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219294", "VW/SAVEIRO ROBUST; 2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219073", "013")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219073", "CHEVROLET S10 ADV FD2; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219069", "015")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219069", "veja o vídeo!! FIAT/FIORINO ENDURANCE; 2021/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219075", "017")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219075", "veja o vídeo!! CHEVROLET/SPIN 1.8L MT LS E.; 2021/2021; PRATA; ALCO./GASOL. - FUNC. - FROTA H16 - FIPE - R$ 66.528,00")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>23.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219295", "020")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219295", "VW/GOL 1.6; 2009/2010; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>15.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219076", "023")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219076", "CHEVROLET S10 LS CABINE DUPLA 4X4; 2021/2021; PRETA; DIESEL - FUNCI. - FIPE R$ 148.056,00")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219067", "025")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219067", "veja o vídeo!! FIAT/FIORINO 1.4 FLEX; 2018/2019; VERMELHA; ALCO./GASOL. - FUNCIONANDO - APROX. 16.180KM")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219074", "027")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219074", "veja o vídeo!! I NISSAN FRONTIER S MTX4 4X4; 2021/2021; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>62.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219072", "030")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219072", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219078", "033")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219078", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219071", "035")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219071", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2012/2013; PRATA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>87.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219077", "037")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219077", "NISSAN FRONTIER XE 4X2; 2013/2013; PRETA; DIESEL - NÃO FUNCIONA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219070", "040")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219070", "veja o vídeo!! FIAT/FIORINO HD WK E; 2018/2019; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>26.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219079", "043")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219079", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...414 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219080", "047")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219080", "FIAT/STRADA WORKING 1.4; 2014/2014; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>31.250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>