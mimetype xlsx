--- v0 (2025-10-13)
+++ v1 (2026-03-26)
@@ -269,1115 +269,979 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219317", "018")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219317", "TRATOR; MARCA MASSEY FERGUSON; MODELO 290")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219284", "019")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219284", "TRATOR; MARCA CASE; MODELO 4490; DIESEL - SUCATA PARA RETIRADA DE PEÇAS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219265", "020")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219265", "01 - CAÇAMBA DE SUCATA ROLON")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219266", "021")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219266", "02 - CAÇAMBA DE SUCATA ROLON")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219267", "022")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219267", "CAÇAMBA GARRA; ANO 2018 - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219268", "023")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219268", "CAÇAMBA POLI")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219270", "025")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219270", "01 - CÂMBIO AUTOMÁTICO; MARCA VOITH")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219271", "026")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219271", "02 - CÂMBIO AUTOMÁTICO; MARCA VOITH")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219272", "027")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219272", "COLHEDORA JOHN DEERE 9950 - SUCATA PARA RETIRADAS DE PEÇAS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219273", "028")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219273", "CARRETA PLATAFORMA; ANO 2014; MARCA FERNANDES; MODELO RIFEDERAL JET - RODANDO - PLACA FINAL 9")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219277", "029")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219277", "FURADEIRA VERTICAL; 1 TONELADA; MARCA S.A YADOYA. MODELO FY - A.50 - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219278", "030")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219278", "LOTE COM 4 PEÇAS - KIT RODADO 2 RODAS COM PNEUS 850/60-38 E 2 RODAS COM PNEUS 600/60-30,5 - USADO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219279", "031")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219279", "MÁQUINA CLARK - SUCATA PARA RETIRADA DE PEÇAS")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="B21" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C21" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219280", "032")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219280", "MÁQUINA DE OXI CORTE (CNC); MARCA NEO YAMA; MODELO SMART 4000; 1 TONELADA - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D21" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E21" s="5" t="inlineStr">
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>61.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219281", "033")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219281", "MOTOR; MARCA FORD; MODELO FUSION - PARA RETIRADA DE PEÇAS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219282", "034")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219282", "PLATAFORMA ROLON ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219283", "035")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219283", "PRENSA ELÉTRICA HIDRÁULICA; MARCA NEO YAMA - FUNCIONANDO (10 TON)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219290", "036")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219290", "LOTE COM 8 UNIDADES DE PNEUS 9.5/42 - NOVOS")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219291", "037")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219291", "LOTE COM 6 UNIDADES DE PNEUS 12.4-36 - USADOS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219292", "038")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219292", "LOTE COM 13 UNIDADES DE PNEUS 20.8-38 - USADOS")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219293", "039")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219293", "LOTE COM 2 UNIDADES DE PNEUS 23.1-26 - USADOS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E23" s="5" t="inlineStr">
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219297", "040")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219297", "LOTE COM 4 UNIDADES DE PNEUS 24.5-32 - USADOS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219299", "041")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219299", "LOTE COM 11 UNIDADES DE PNEUS 320,90-42 - USADOS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219301", "042")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219301", "LOTE COM 11 UNIDADES DE PNEUS 320,90-46 - USADOS")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219302", "043")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219302", "LOTE COM 12 UNIDADES DE PNEUS 380,90-46 - USADOS")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219303", "044")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219303", "LOTE COM 10 UNIDADES DE PNEUS 500,45-22,5 - USADOS")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F23" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E25" s="5" t="inlineStr">
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219304", "045")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219304", "LOTE COM 12 UNIDADES DE PNEUS 500,60-22,5 - USADOS")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219305", "046")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219305", "LOTE COM 15 UNIDADES DE PNEUS 560,60-22,5 - USADOS")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219306", "047")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219306", "LOTE COM 12 UNIDADES DE PNEUS 600,50-22,5 - RESSOLADOS NOVOS")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219307", "048")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219307", "LOTE COM 15 UNIDADES DE  PNEUS 600,65-28 - USADOS")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219308", "049")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219308", "LOTE COM 10 UNIDADES DE PNEUS 710,71-38 - USADOS")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219309", "050")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219309", "LOTE COM 54 UNIDADES DE PNEUS DE TRATORES DE DIVERSAS MARCAS E MODELOS - USADOS")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219310", "051")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219310", "LOTE COM 12 PNEUS FLORESTAIS DE DIVERSAS MARCAS E MODELOS - USADOS")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F25" s="4" t="inlineStr">
-[...574 lines deleted...]
-      </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219311", "052")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219311", "LOTE COM 283 PNEUS RODOVIÁRIOS - USADOS")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>