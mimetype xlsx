--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,3483 +269,3051 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219628", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219628", "EMPILHADEIRA TOYOTA DE 10 TON MOTOR OMB 366 CAIXA CLARK")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219630", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219630", " EMPILHADEIRA YALE DE 8 TON")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219627", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219627", " ROLO COMPACTADOR DYNAPAC LR100")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219641", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219641", "[ VÍDEO ] RETROESCAVADEIRA 580H. OPERACIONAL")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219645", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219645", "EIXO DIANTEIRO CAT 416E 4x2")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219644", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219644", " TANQUE PIPA PRA 5 MIL LITROS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219609", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219609", "EMPILHADEIRA YALE ANO 2000 OPERACIONAL, DE 2,5 T, TORRE TRIPLEX COM DESLOCAMENTO COMANDO HIDRAULICO , GLP E PAR DE GARFO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219622", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219622", " EMPILHADEIRA YALE ANO 2000 OPERACIONAL, DE 2,5 T, TORRE TRIPLEX COM DESLOCAMENTO COMANDO HIDRAULICO , GLP E PAR DE GARFO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219566", "014")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219566", " CELA DA PATROL VOLVO G940")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219571", "016")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219571", " TROCADOR DE CALOR COM BOMBA DA AGUA D6TXL")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219577", "018")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219577", " TAMPA LATERAL ESQUERDA CAT 924H")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219578", "019")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219578", "RADIADOR VOLVO M10")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219579", "020")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219579", "RADIADOR DO TEMA TERRA  SP255")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219581", "021")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219581", " CHICOTE DO MÓDULO DO MOTOR COM AQUECEDOR C7")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219548", "023")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219548", "COMANDO TRASEIRO COMPLETO KOMATSU D85")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219549", "024")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219549", " MOTO BOMBA MOTOR TOYAMA ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219550", "025")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219550", " RADIADOR HIDRÁULICO  CAT 325C")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219551", "026")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219551", " RADIADOR  DE ÁGUA CAT 325C")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219553", "027")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219553", " RADIADOR DE ÓLEO DE KOMATSU PC220")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219555", "028")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219555", " RADIADOR DE ÁGUA DA KOMATSU PC220")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219556", "029")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219556", " RADIADOR DE OLEO DA ESCAVADEIRA VOLVO 210")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219557", "030")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219557", "CABINE PC200 ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219560", "032")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219560", " PAR DE PISTÃO DO H DA W30D")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219563", "033")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219563", " PISTÃO DO CAIXOTE 621S")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219564", "034")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219564", "MASCARA FRONTAL  D6TLX")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219568", "035")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219568", " CONTROLADOR DE FREIO GRUPO DE VALVULA D6T")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219572", "036")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219572", "[ VÍDEO ] DISCO DE GIRO DA AKERMAN COM 79 DENTES, 36 FUROS INTERNOS, E 50 EXTERNOS")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219576", "037")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219576", " PTO MOTO SCRAPER 621B")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219591", "043")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219591", " BRAÇO STICK DE CAÇAMBA PARA 950G")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219592", "044")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219592", " H DE ARTICULAÇÃO DE CAÇAMBA DE RETROESCAVADEIRA 416E")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219593", "045")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219593", " BRAÇO DE ARRASTO RETRO 416E")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...10 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219597", "046")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219597", " BRAÇO DA CONCHA RETRO 416E")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219602", "047")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219602", " PAR DE EIXO DIANTEIRO E TRASEIRO ROLO MULLER TI18")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219606", "048")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219606", " CABINE VAZIA COM VIDROS QUEBRADOS APLICAÇÃO EM ESCAVADEIRA CAT 312D,315D, 320D")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219611", "050")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219611", " ARADO HIDRÁULICO DE 5 FACAS")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219617", "051")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219617", " EIXO DIANTEIRO RETRO 416E SIMPLES")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219552", "052")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219552", " RADIADOR DE ÁGUA E ÓLEO FX215")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219554", "053")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219554", "[ VÍDEO ] COROA DE GIRO FIATALLIS FX215")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219559", "055")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219559", " 2 RODA GUIA DE ACABADORA VOGELLI 14AB/AB500")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219561", "056")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219561", " RADIADOR ESCAVADEURA 320BL")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219565", "058")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219565", " ESCARIFICADOR PATROL VOLVO G940")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219569", "059")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219569", " JOGO DE ALAVANCAS COM CARCAÇA DO PAINEL E VOLANTE VOLVO G940")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219570", "060")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219570", " TRUCK D6T LADO DIREITO SEM RODA GUIA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...20 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219575", "061")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219575", " RADIADOR MOTO SCRAPER 621A 621B")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219583", "062")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219583", " ROLETES DE TRATOR D6T 6 ROLETES INFERIOR DUPLO, 8 ROLETES INFERIOR SIMPLES, E 2 SUPERIOR, TOTAL DE 16 ROLETES")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219599", "063")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219599", " CAPÔ PA CARREGADEIRA CAT 966H")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219604", "064")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219604", " CABINE PARA ESCAVADEIRA CATERPILLAR 315B E 320B")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219612", "065")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219612", " ROLETES PC200-6 14 INFERIOR E 4 SUPERIOR")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...89 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219615", "066")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219615", "MOTOR KOMATSU 6 CILINDRO PC220")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219619", "067")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219619", "BOMBA KOMATSU PC22O")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...25 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219562", "070")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219562", " MOTOR DE GIRO DA 320BL")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219567", "071")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219567", " MOTOR DE TRAÇÃO DIRECIONAL DO D6TXL")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...25 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219574", "073")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219574", " RADIADOR MOTO SCRAPER 631C")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219580", "074")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219580", "DIFERENCIAL VOLVO M10 C/REDUTOR DE CUBO TRASEIRO")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219585", "076")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219585", " PAR DE RODAS DA PA CARREGADEIRA 950G 23X5/25, 20 FUROS")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219586", "077")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219586", " CAÇAMBA DE PÁ CARREGADEIRA 924G")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219594", "078")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219594", " TANQUE EXPAGIDOR")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219596", "079")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219596", " CAÇAMBA PA CARREGADEIRA 950G")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219610", "081")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219610", "1 REDUTOR DE TRAÇÃO DA FIATALLIS FX215")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...25 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219614", "082")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219614", " PAR DE RODAS DA PA CARREGADEIRA 966H 20X5/25")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219620", "083")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219620", " CONCHA WA320")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219558", "084")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219558", "PAR DE ESTEIRA COM 49 ELOS DA ACABADORA VOGELLI 14AB2280")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219573", "085")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219573", " TRANSMISSÃO MOTO SCRAPER 621, 621B, 623B, 627B")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219589", "086")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219589", " CABINE PÁ CARREGADEIRA 924G")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219600", "087")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219600", " LAMINA TRATOR DE ESTEIRA D6T")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219618", "089")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219618", " TRANSMISÃO DA RETRO 416E 4X2 COMPLETA")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219621", "090")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219621", " 04 PNEUS MEDIDA 1.400x24")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219587", "091")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219587", " EIXO DIFERENCIAL TRASEIRO DA 950G")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219598", "092")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219598", " EIXO DIFERENCIAL DIANTEIRO DE PÁ CARREGADEIRA CATERPILLAR 950G")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219607", "093")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219607", " BLOCO DE CATERPILLAR C11 PARA 966H")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219624", "095")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219624", "CABINE FECHADA PARA PÁ CARREGADEIRA DIVERSA")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219582", "096")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219582", " MOTOR DE GIRO DA KOMATSU PC200-6")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219590", "097")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219590", " EIXO DIFERENCIAL DIANTEIRO DE 966H")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219613", "099")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219613", "01 COMANDO DE TRAÇÃO DE CAT 320B,C E D")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219623", "100")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219623", " 04 PNEUS MEDIDA 20.5/25")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219584", "102")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219584", " RADIADOR COMPLETO DA PA CARREGADEIRA 950G")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219588", "103")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219588", "[ VÍDEO ] PAR DE COMANDOS DE TRAÇÃO DO D8K")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219625", "104")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219625", "TRANSMISSÃO WA320")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219595", "105")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219595", " CABINE APLICAÇÃO EM TRATOR DE ESTEIRA D6T")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219608", "107")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219608", " TRANSMISSÃO DA 950G2 COMPLETA COM VALVULA SEM AS BOMBAS")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219601", "114")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219601", " MOTOR CATERPILLAR C12 MARITIMO COMPLETO")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219603", "115")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219603", " REBOCADOR MARCA RUCKER OPERACIONAL")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219626", "119")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219626", "Motor 3066")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219605", "121")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219605", " MOTOR CAT 3126 OPERACIONAL ELETRONICO COMPLETO")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219629", "123")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219629", "CAMBIO ZF VOLVO E OUTROS")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...25 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219631", "124")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219631", "CAMBIO 416E 4x2")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219634", "125")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219634", " CONCHA TRAZEIRA JCB 3C")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...89 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219632", "126")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219632", " CAÇAMBA DIANTEIRA JCB 3C")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...249 lines deleted...]
-      <c r="F34" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219633", "127")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219633", " TRANSMISSÃO ZF PARA PÁ CARREGADEIRA")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219637", "128")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219637", "TRANSMISSÃO CLARK PARA ROLO COMPACTADOR DE PNEUS, PATROL E EMPILHADEIRAS")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219636", "129")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219636", " MOTOR 3306 NO ESTADO")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219638", "130")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219638", " MOTOR 3306 NO ESTADO")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219635", "131")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219635", " MOTOR C6.6 NO ESTADO")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219639", "132")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219639", " MOTOR C4.2 P/312 FUNCIONANDO")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219640", "133")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219640", "MOTOR PERKINS CAT 42OE TURBINADO")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219647", "135")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219647", "ESTEIRA D8K CAT ORIGINAL LUBRIFICADA ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219642", "136")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219642", " TRATOR AGRALE 410")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219646", "137")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219646", "CABINE DA VOLVO VAZIA L60, L70, L90, L120")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-[...89 lines deleted...]
-      <c r="F37" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219648", "139")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219648", "ESTEIRA P/ LIEBHERR 944 e JCB 330")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219649", "140")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219649", "TRANSMISSÃO D6")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219650", "141")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219650", "TRANSMISSÃO JCB 2x4")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-[...185 lines deleted...]
-      <c r="F43" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219651", "142")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219651", "MOTOR JHONDEER FUNCIONANDO ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-[...25 lines deleted...]
-      <c r="F44" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219652", "143")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219652", "MOTOR 3408")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219653", "144")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219653", "RIPPER D8T")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219654", "145")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219654", "RADIADOR D8K")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219655", "146")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219655", "TRANSMISSÃO 631E. FUNCIONAL")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-[...2302 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219656", "147")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219656", "ESCAVADEIRA KOMATSU PC 160 ANO 2000 OPERACIONAL ")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219657", "148")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219657", "PÁ CARREGADEIRA CATERPILLAR 960F ANO 95")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>