--- v0 (2025-11-13)
+++ v1 (2026-03-26)
@@ -269,2651 +269,2323 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219741", "101")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219741", " MÁQUINA P/ FAZER VINCO SCHULER")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219743", "102")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219743", " VENTILADOR C/ MOTOR")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219756", "104")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219756", " MISTURADOR C/ MOTOR DE 3 CV")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219744", "105")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219744", " BOMBA OMEL EM INOX; C/ MOTOR DE 40 CV")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219748", "106")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219748", " MISTURADOR C/ MOTOR DE 3 CV")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219746", "107")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219746", " TANQUE CILÍNDRICO VERTICAL EM AÇO INOX; CAP. APROX. 400 L")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219753", "108")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219753", " ESTEIRA EM AÇO INOX; COMP.: 3 M; LARG.: 200 MM")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219754", "109")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219754", " VENTILADOR LUFT, VAZÃO: 6600 M³/H; C/ MOTOR DE 60 CV")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219749", "110")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219749", " TALHA ELÉTRICA C/ MOTOR DE 15 CV")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>700.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219747", "111")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219747", " ROSCA TRANSPORTADORA 10" EM AÇO CARBONO, COMPR. 5 M")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219751", "112")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219751", " VENTOINHA C/ MOTOR DE 100 CV")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>10.800,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219758", "113")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219758", " VENTOINHA C/ MOTOR DE 75 CV")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>10.800,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219750", "114")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219750", " DOBRADEIRA; COMP. 2 M")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219745", "115")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219745", " DOBRADEIRA; COMP. 2 M")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219757", "116")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219757", " MISTURADOR SIGMA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219760", "117")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219760", " UNIDADE HIDRÁULICA VICKERS; C/ MOTOR DE 20 CV")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219752", "119")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219752", " TALHA PONTEMAC")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219759", "120")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219759", " DOBRADEIRA; COMP. 2 M")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219742", "123")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219742", " FILTRO-PRENSA EM AÇO CARBONO; COMP.: 2400 MM; C/ PLACAS 600x600 MM")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>10.800,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219762", "125")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219762", " SERRA DE FITA MR-270")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219765", "126")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219765", " TALHA ELÉTRICA C/ MOTOR DE 0,33 CV; CAP. APROX. 2 T")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219763", "127")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219763", " 2 ENGRAXADEIRAS C/ MOTOR DE 0,25 CV")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219782", "129")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219782", " TROCADOR DE CALOR TRANTER; PRES. MÁX: 16 BAR")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219764", "130")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219764", " TROCADOR DE CALOR TRANTER; PRES. MÁX: 16 BAR")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219766", "131")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219766", " TROCADOR DE CALOR TERMOJET")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>7.200,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>800.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219772", "132")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219772", " TROCADOR DE CALOR TERMOJET")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>7.200,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>800.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219778", "133")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219778", " TROCADOR DE CALOR TERMOJET")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>7.200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>800.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219768", "134")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219768", " TROCADOR DE CALOR ALFA LAVAL")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>700.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219771", "135")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219771", " TORNO AUTOMÁTICO CVA")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219783", "136")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219783", " TROCADOR DE CALOR TRANTER; PRES. MÁX: 16 BAR")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219775", "137")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219775", " PULMÃO DE AR CODEX; CAP. 250 L")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219769", "138")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219769", " CENTRÍFUGA DE CESTO EM INOX; DIÂM. 850x450 MM")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>7.200,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>800.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219770", "139")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219770", " REDUTOR TRANSMOTÉCNICA H11-18; REDUÇÃO 1:6,3")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>5.400,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>600.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219779", "140")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219779", " REDUTOR TRANSMOTÉCNICA H11-18; REDUÇÃO 1:6,3")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>5.400,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>600.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219774", "141")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219774", " REDUTOR TRANSMOTÉCNICA H12-18")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219767", "142")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219767", " COMPRESSOR P/ REFRIGERAÇÃO TRANE")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219773", "143")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219773", " MOINHO DE TINTA C/ 3 ROLOS")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219781", "144")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219781", " COMPRESSOR DE AR METALPLAN; 24 PÉS; C/ MOTOR DE 6 CV")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219787", "145")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219787", " REDUTOR NORD; C/ MOTOR DE 11 KW")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>5.400,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>600.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219776", "147")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219776", " SERRA DE FITA EM INOX BECCARO SF282N220")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219786", "148")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219786", " ASPIRADOR DE PÓ INDUSTRIAL; C/ MOTOR DE 7,5 CV")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219761", "149")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219761", " SERRA DE FITA S/ ESPECIFICAÇÕES")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219780", "150")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219780", " ELEVADOR MANUAL S/ ESPECIFICAÇÕES")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219785", "151")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219785", " 3 BOMBAS CENTRÍFUGAS EM INOX KSB; C/ MOTOR DE 5 CV; Q: 1,5 M³/H")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>10.800,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>1200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219784", "153")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219784", " PLAINA LIMADORA INVICTA")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219788", "154")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219788", " TROCADOR DE CALOR EM INOX ALFA LAVAL")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219777", "155")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219777", " FILTRO-PRENSA EM AÇO CARBONO BOMAX; C/ PLACAS EM PP")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>13.200,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219797", "156")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219797", " PALETEIRA ELÉTRICA CROWN MOD. 40GPM-4-12; CAP. 1200 KG; C/ BATERIA E S/ CARREGADOR")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219755", "157")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219755", " OXIGENADOR EM FIBRA; C/ MOTOR DE 2 CV, RPM 1700")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219790", "158")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219790", " GUINCHO C/ MOTOFREIO; C/ MOTOR DE 15 CV")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219796", "159")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219796", " 3 EXPOSITORES REFRIGERADOS EM INOX")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>5.400,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>600.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219789", "160")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219789", " TROCADOR DE CALOR EM INOX ALFA LAVAL")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>7.200,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>800.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219792", "162")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219792", " 3 MOTOBOMBAS C/ MOTOR DE 30 CV E 2 MOTOBOMBAS C/ MOTOR DE 20 CV")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>11.400,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>1300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219799", "164")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219799", " 2 MOTOBOMBAS; C/ MOTOR DE 30 CV, RPM 3510")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>7.200,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219791", "166")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219791", " MOTOR WEG DE 100 CV, RPM 1750, 440 V; COM PÉ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219794", "167")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219794", " MOTOR WEG DE 100 CV, RPM 1750, 440 V; COM PÉ")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219795", "168")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219795", " REDUTOR DE ATÉ 75 CV; RELAÇÃO 1:16")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>1400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219806", "170")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219806", " 2 MOTORREDUTORES SEW C/ MOTOR DE 6 CV E 1 MOTORREDUTOR SEW C/ MOTOR DE 7,5 CV")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219802", "171")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219802", " REDUTOR BORGMAR ATÉ 150 CV; RELAÇÃO 1:31")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219793", "173")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219793", " SERRA DE FITA RONEMAK MOD. 3/4; C/ MESA 300x300 MM")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219801", "174")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219801", " REDUTOR C/ MOTOR DE 15 CV; RELAÇÃO 1:139")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>7.200,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>800.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219798", "175")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219798", " REDUTOR U-18; RELAÇÃO 1:60")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219805", "176")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219805", " FURADEIRA FRESADORA KONE KFF 30")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>13.200,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219800", "177")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219800", " BOMBA FAMAC C/ MOTOR DE 10 CV, RPM 3530")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219814", "180")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219814", " AUTOCLAVE LUFERCO")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219804", "181")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219804", " MUFLA")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219809", "182")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219809", " ESMERIL")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219813", "184")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219813", " TANQUE CILINDRICO VERTICAL EM AÇO CARBONO C/ SERPENTINA EM INOX; CAP. 30000 L")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>1700.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219811", "185")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219811", " ROTULADORA PH-410")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>5.400,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>600.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219810", "186")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219810", " ESTEIRA EM AÇO INOX C/ MOTORREDUTOR")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219803", "191")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219803", " GERADOR DE ÁGUA QUENTE")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219815", "192")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219815", " 4 CABEÇOTES DE COMPRESSOR")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219812", "194")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219812", " SELADORA CYKLOP")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219808", "195")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219808", " FILTRO DE MANGAS")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219807", "196")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219807", " SERRA P/ METAIS COM ACIONAMENTO HIDRÁULICO")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219819", "197")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219819", " 2 Bombas Mancal KSB tipo: 80 - 200 Motor WEG W22 50cv 3560rpm 220/380/440 , 1 Bomba mancal KSB. Tipo: 80-200. Motor WEG 50cv 3560rpm 220/380/440 e 1 Bomba mancal KSB Motor WEG 12,5cv 3560rpm 220/380/440 ")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219820", "199")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219820", " 02 Tanques de inox de Aprox. 513 L. Medidas 100cm x 110cm x 120cm ")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219818", "200")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219818", " Tanque de inox de aprox. 1.500 L. Medidas: 184cm x 120cm x 100cm")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219822", "201")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219822", " Rosca transportadora de inox Com motoredutor SEW de 2cv 1700rpm 1:58 30cm x 360cm x 33cm")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219817", "202")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219817", " Peneira vibratória de inox 174cm x 550cm x 100cm")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219816", "203")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219816", " 2 Ventiladores com motor WEG 30cv 885rpm 380/660")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219821", "204")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/219821", " Ventoinha com motor WEG W22 50cv 1130rpm 220/380v.")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>