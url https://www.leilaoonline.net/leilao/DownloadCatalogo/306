--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,2075 +269,1819 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13857", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13857", " GERADOR DE ENERGIA 0055 KVA - CARENADO 2007 Modelo: Cramaco G2R200SA/4 Motor: MWM D229/4 GG TAG: A055236 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13858", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13858", " GERADOR DE ENERGIA 0055 KVA - CARENADO 2008 Modelo: Cramaco G2R200SA/4 Motor: MWM D229/4 GG TAG: FA055020 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>12.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13855", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13855", " GERADOR DE ENERGIA 0055 KVA - CARENADO Modelo: Cramaco G2R200SA/4 Motor: MWM D229/4 GG TAG: GA055132 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13854", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13854", " GERADOR DE ENERGIA 0055 KVA - CARENADO 2006 Modelo: Cramaco G2R200SA/4 Motor: MWM D229/4 GG TAG: GA055118 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13849", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13849", " Gerador de Energia 0150 kva - Silenciado TAG: A01500125 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13852", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13852", " Gerador de Energia 0150 kva - Silenciado TAG: A01500127 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13842", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13842", " GERADOR DE ENERGIA 0180 KVA - CARENADO 2000 Modelo: Weg GTA250MI33 Motor: MWM 6.10TCA TAG: GA180108 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13856", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13856", " GERADOR DE ENERGIA 0180 KVA - CARENADO 2007 Modelo: Cramaco G2R250MD/4 Motor: MWM 6.10TCA TAG: GA180113 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13848", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13848", " GERADOR DE ENERGIA 0180 KVA - CARENADO Modelo: Cramaco G2R280SB/4 Motor: MWM 6.10TCA TAG: A180090 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13853", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13853", " GERADOR DE ENERGIA 0180 KVA - SILENCIADO 2008 Modelo: Cramaco G2R250MD/4 Motor: MWM 6.10TCA TAG: FA180048 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13847", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13847", " GERADOR DE ENERGIA 0180 KVA - SILENCIADO 2008 Modelo: Cramaco G2R250MD/4 Motor: MWM 6.10TCA TAG: RA180036 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13846", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13846", " GERADOR DE ENERGIA 0260 KVA - CARENADO Modelo: Weg GTA250MI33 Motor: Cummins 6CTAA8.3 TAG: GA260110 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13850", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13850", " GERADOR DE ENERGIA 0260 KVA - CARENADO 2007 Modelo: Weg GTA252AIII Motor: Cummins 6CTAA8.3 TAG: A260030 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13841", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13841", " GERADOR DE ENERGIA 0260 KVA - SILENCIADO 2008 Modelo: Cramaco G2R315SA/4 Motor: Cummins 6CTAA8.3 TAG: A260062 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13851", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13851", " GERADOR DE ENERGIA 0260 KVA - SILENCIADO 2008 Modelo: Cramaco G2R315SA/4 Motor: Cummins 6CTAA8.3 TAG: A260049 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13845", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13845", " GERADOR DE ENERGIA 0450 KVA - CARENADO Modelo: Stanford Newage Motor: Cummins NTA-855G3 TAG: GA450113 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13861", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13861", " Compressor de Ar Diesel – 365 PCM 08 bar 1997 Modelo: Atlas Copco XA175 Motor: Maxion D.4000.T TAG: DG365007 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13859", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13859", " ROLO COMPACTADOR LISO DIESEL - 2 ROLOS X 2,7 TON 2010 Modelo: Wacker RD27-100 Motor: Perkins GK65627U TAG: RL227002 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13860", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13860", " GERADOR DE ENERGIA 0055 KVA - CARENADO 2006 Modelo: Cramaco G2R200SA/4 Motor: MWM D229/4 GG TAG: GA055166 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13863", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13863", " GERADOR DE ENERGIA 0180 KVA - SILENCIADO 2008 Modelo: Cramaco G2R250MD/4 Motor: MWM 6.10TCA TAG: FA180021 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13862", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13862", " GERADOR DE ENERGIA 0180 KVA - SILENCIADO 2008 Modelo: Weg GTA252AIVB Motor: MWM 6.10TCA TAG: GA180119 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13864", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13864", " GERADOR DE ENERGIA 0260 KVA - SILENCIADO 2006 Modelo: Weg GTA250MI33 Motor: Cummins 6CTAA8.3 TAG: GA260101 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13865", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13865", " GERADOR DE ENERGIA 0260 KVA - SILENCIADO 2008 Modelo: Cramaco G2R315SA/4 Motor: Cummins 6CTAA.G1GD TAG: A260089 Estado: FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13866", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13866", " Compressor de Ar Diesel – 350 PCM 08 bar 2001 Modelo: Atlas Copco XA175 Motor: MWM 4.10 T TAG: RG350006 Estado: REPARO LEVE")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13867", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13867", " Gerador de Energia 0450 kva - Carenado 2001 Modelo: Cramaco G2R315SA/4 Motor: Cummins NTA-855G3 TAG: A450019 Estado: REPARO LEVE")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13871", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13871", " GERADOR DE ENERGIA 0450 KVA - CARENADO Modelo: Weg 42N16A Motor: Scania DSC11 TAG: FA450003 Estado: REPARO LEVE")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13870", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13870", " Gerador de Energia 0450 kva - Silenciado 2001 Modelo: Weg GTA315SI25 Motor: Scania DSC1158 TAG: A450027 Estado: REPARO LEVE")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13868", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13868", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON 2007 Modelo: Wacker RD11A Motor: Honda GX 610 TAG: RRC210009 Estado: REPARO LEVE")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13869", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13869", " TORRE DE ILUMINAÇÃO DIESEL- 4000 Wats X 9mts 2010 Modelo: WACKER LTN6L Motor: KOHLER KDW1003GE WACK TAG: IE4041020 Estado: REPARO LEVE")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13872", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13872", " TORRE DE ILUMINAÇÃO DIESEL- 4000 Wats X 9mts 2008 Modelo: PANCAKE 201 CSA5411  Motor: MITSUBISHI L3E TAG: IE4040085 Estado: REPARO LEVE")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13873", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13873", " Compressor de Ar Diesel – 250 PCM 08 bar 2000 Modelo: Atlas Copco XA125 Motor: MWM D10 TAG: DG250008 Estado: REPARO LEVE")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13874", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13874", " Compressor de Ar Diesel – 250 PCM 08 bar 2000 Modelo: Atlas Copco XA125 Motor: MWM D10 TAG: DG250014 Estado: REPARO LEVE")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13878", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13878", " GERADOR DE ENERGIA 0180 KVA - SILENCIADO 2007 Modelo: Weg GTA252AIVB Motor: MWM 6.10TCA TAG: A180095 Estado: REPARO LEVE")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13876", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13876", " GERADOR DE ENERGIA 0450 KVA - CARENADO Modelo: Stanford Newage Motor: Cummins NTA-855G3 TAG: GA450111 Estado: REPARO MÉDIO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13881", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13881", " Compressor de Ar Diesel – 250 PCM 08 bar Modelo: Atlas Copco XA125 Motor: MWM D10 TAG: DG250016 Estado: REPARO PESADO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13880", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13880", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON 2006 Modelo: Wacker RD12A-90 Motor: Honda GX 610 TAG: GRC210102 Estado: REPARO PESADO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13879", "039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13879", " GERADOR DE ENERGIA 0100 KVA - SILENCIADO 2006 Modelo: Olympian LL2014L Motor: Perkins 1104A-44TG2  TAG: A100011 Estado: REPARO PESADO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13877", "040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13877", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON 2010 Modelo: Wacker RD12A-90 Motor: Honda GX 610 TAG: RC210039 Estado: REPARO PESADO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13875", "041")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13875", " TORRE DE ILUMINAÇÃO DIESEL 2009 Modelo: Wacker LTN6L Motor: Lombardine 6A37E3 TAG: IE4040335 Estado: SUCATA")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13883", "042")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13883", " TORRE DE ILUMINAÇÃO DIESEL 2011 Modelo: Wacker LTN6L Motor: Kohler LDW1003GE TAG: IE4042321 Estado: SUCATA")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13882", "043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13882", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts 2011 Modelo: Wacker LTN6L Motor: Kohler LDW1003GE TAG: IE4042579 Estado: SUCATA")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13884", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13884", " TORRE DE ILUMINAÇÃO DIESEL - 4000 Watts X 9mts. 2011 Modelo: Wacker LTN6L Motor: Kohler LDW1003GE TAG: IE4042377 Estado: SUCATA")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13886", "045")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13886", " TORRE DE ILUMINAÇÃO DIESEL 2010 Modelo: Pancake 201CSA5411 Motor: Kubota D1105 BG ET01 TAG: IE4040580 Estado: SUCATA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13885", "046")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13885", " TORRE DE ILUMINAÇÃO DIESEL- 4000 Wats X 9mts 2011 Modelo: Wacker LTN6L Motor: Kohler LDW1003GE TAG: IE4042402 Estado: SUCATA")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13887", "047")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13887", " Compressor de Ar Diesel – 185 PCM 08 bar Motor: Atlas Copco TAG: G185020")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13890", "048")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13890", " Compressor de Ar Diesel – 295 PCM 08 bar 2008 Modelo: XAS136 Motor: MWM Atlas Copco TAG: PG295001 Estado: Funcionando")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...218 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13888", "049")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13888", " Compressor de Ar Diesel – 400 PCM 08 bar 2009 Modelo: XAS186 Motor: MWM Atlas Copco TAG: G400026 Estado: Manutenção ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...378 lines deleted...]
-      <c r="E34" s="5" t="inlineStr">
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13889", "050")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13889", " Compressor de Ar Diesel – 275 PCM 08 bar 2010 Modelo: XAS137 Motor: Perkins Atlas Copco TAG: G275049")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13895", "051")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13895", " Compressor de Ar Diesel – 400 PCM 08 bar Motor: Atlas Copco TAG: DG400006")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13894", "052")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13894", " Compressor de Ar Diesel – 400 PCM 08 bar Motor: Atlas Copco TAG: G400002")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13902", "053")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13902", " Compressor de Ar Diesel – 090 PCM 08 bar 2008 Motor: Atlas Copco TAG: G090001")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
-      <c r="F34" s="4" t="inlineStr">
-[...666 lines deleted...]
-      <c r="E55" s="5" t="inlineStr">
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13900", "054")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13900", " Compressor de Ar Diesel – 090 PCM 08 bar 2008 Motor: Atlas Copco TAG: G090003")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13905", "055")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13905", " Compressor de Ar Diesel – 090 PCM 08 bar 2008 Motor: Atlas Copco TAG: G090004")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13899", "056")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13899", " Compressor de Ar Diesel – 090 PCM 08 bar 2008 Motor: Atlas Copco TAG: G090006")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13896", "057")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13896", " Compressor de Ar Diesel – 090 PCM 08 bar 2008 Motor: Atlas Copco TAG: G090022")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13898", "058")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13898", " Compressor de Ar Diesel – 090 PCM 08 bar 2008 Motor: Atlas Copco TAG: G090023")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13892", "059")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13892", " Compressor de Ar Diesel – 090 PCM 08 bar 2012 Motor: Atlas Copco TAG: G090031")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13904", "060")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13904", " Compressor de Ar Diesel – 090 PCM 08 bar 2012 Modelo: XAS47 Motor: Kubota Atlas Copco TAG: G090032")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13893", "061")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13893", " Compressor de Ar Diesel – 090 PCM 08 bar 2012 Modelo: XAS47 Motor: Kubota Atlas Copco TAG: G090033")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13901", "062")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13901", " Compressor de Ar Diesel – 275 PCM 08 bar 2010 Motor: PERKINS Atlas Copco TAG: G275026")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13897", "063")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13897", " Compressor de Ar Diesel – 092 PCM 08 bar 2008 Modelo: M26 Motor: Kubota Kaeser TAG: PG092001")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13906", "064")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13906", " Compressor de Ar Diesel – 092 PCM 08 bar 2008 Modelo: M26 Motor: Kubota Kaeser TAG: PG092007")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13891", "065")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13891", " Compressor de Ar Diesel – 185 PCM 08 bar 2012 Modelo: XAS87 Motor: MWM Atlas Copco TAG: G185082")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
-      <c r="F55" s="4" t="inlineStr">
-[...574 lines deleted...]
-      </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13903", "066")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/13903", " Compressor de Ar Diesel – 275 PCM 08 bar Motor: Atlas Copco TAG: G275032")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>