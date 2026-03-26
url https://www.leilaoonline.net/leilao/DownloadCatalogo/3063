--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220087", "424")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220087", "EMPILHADEIRA ELÉTRICA MICHIGAN; MOD. E30-45; ANO 2023. (VEJA DESCRITIVO DE ITENS) - LOC. GARUVA/SC")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>106.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220090", "444")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220090", "EMPILHADEIRA ELÉTRICA MICHIGAN; MOD. E30-45; ANO 2023. (VEJA DESCRITIVO DE ITENS) - LOC. GARUVA/SC")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>106.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220091", "465")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220091", "ESCAVADEIRA HIDRÁULICA MICHIGAN; MOD. ME130; ANO 2023. (VEJA DESCRITIVO DE ITENS)  - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>370.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220088", "505")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220088", "PÁ CARREGADEIRA MICHIGAN; MOD. M100HD; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>440.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220089", "558")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220089", "PÁ CARREGADEIRA MICHIGAN; MOD. M100HD; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>450.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220094", "578")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220094", " PONTE ROLANTE. - LOC. GUARUVA/SC")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>280.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220096", "585")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220096", "PÁ CARREGADEIRA MICHIGAN; MOD. M100HD; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>382.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220085", "641")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220085", " ESCAVADEIRA HIDRAÚLICA MICHIGAN; MOD. ME20; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>106.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220086", "670")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220086", "ESCAVADEIRA HIDRAÚLICA MICHIGAN; MOD. ME130; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>382.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220095", "673")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220095", "ESCAVADEIRA HIDRAULICA MICHIGAN; MOD. ME220; ANO 2023. (VEJA DESCRITIVO DE ITENS) - LOC. CONTAGEM/MG")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>467.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220160", "700")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220160", " TRATOR AGRALE 5085.4; MOTOR DE 76CV; ANO: 2012/2012. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>112.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220158", "701")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220158", " TRATOR LS; MOD. H125; ANO:  2020/2020. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>217.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220163", "702")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220163", " TRATOR LS; MOD. R65;  ANO: 2023/2023. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220162", "703")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220162", " NISSAN FRONTIER S MTX4; ANO: 2020/2020; BRANCA. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220157", "704")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220157", " TRATOR JOHN DEERE; MOD. 5078; ANO: 2011/2011. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>105.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220155", "705")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220155", " TRATOR LS; MOD. MT125; ANO:  2018/2018. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220166", "706")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220166", " TRATOR LS; MOD. PLUS 80; ANO: 2013/2013. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220156", "707")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220156", " TRATOR LS; MOD. PLUS 80; ANO: 2013/2013. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220167", "708")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220167", " TRATOR JOHN DEERE; MOD. 5425; ANO: 2012/2012. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220168", "709")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220168", " TRATOR LS; MOD. R65; ANO: 2019/2019. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>175.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220161", "710")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220161", " TRATOR LS; MOD. U60;  ANO: 2023/2023. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220159", "711")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220159", " TRATOR LS; MOD. U60CRE;  ANO: 2016/2016. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220164", "712")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220164", " TRATOR LS; MOD. U60CRE;  ANO: 2015/2015. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220152", "713")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220152", " TRATOR LS; MOD. U60CRE;  ANO: 2016/2016. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220154", "714")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220154", " TRATOR LS; MOD. U60CRE;  ANO: 2014/2014. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220153", "715")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220153", " YAMAHA LANDER XTZ250; ANO: 2015/2015; AZUL. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220165", "716")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220165", " TRATOR YANMAR; MOD. 1155 CAFÉ; ANO 2013/2014. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>87.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>