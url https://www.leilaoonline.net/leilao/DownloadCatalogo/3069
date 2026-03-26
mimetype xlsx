--- v0 (2025-11-05)
+++ v1 (2026-03-26)
@@ -269,3611 +269,3163 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221443", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221443", " Tv Smart 65 Samsung 4k")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221442", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221442", " Tv LG 65 4K")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220638", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220638", " Home Theater Sony 6.2 Canais str- K15000 com bluray ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220635", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220635", " Lote com: Pistões, placas, bomba de cadeira odontológica")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220639", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220639", " Lote com: Luminarias, aparador de gesso e acessórios")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220636", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220636", " Aparelho de raio x e de vídeo")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220637", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220637", " Aparelho de ultrassom fotopolimizadores e acessórios")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220641", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220641", " Jato de bicarbonato e aparelho de ultrassom")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220661", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220661", " Esmeril e maquina de solda odontológica")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220653", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220653", " Console cirúrgico a acessórios")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220668", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220668", " Lote com: acessórios diversos")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220663", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220663", " Lote com: 02 caixas kit limas  odontológicas")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220670", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220670", " Lote com: Livros diversos")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220656", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220656", " Lote com: 96 caixas de limas")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220667", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220667", " Lote com: 108 caixas de limas")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220644", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220644", " Lote com: 117 caixas de limas")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220660", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220660", " Lote com: 138 caixas de limas")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220640", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220640", " Lote com: 85 caixas de limas e 21 caixas de serras")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220642", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220642", " [vídeo] Compressor silencioso")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220654", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220654", " Lote com: 06 luminárias com led ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220651", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220651", " [vídeo] Cafeteira Saeco")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220655", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220655", " Cafeteita gemini cs 220 pro")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220657", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220657", " Lote com: 05 cafeteiras")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220646", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220646", " [vídeo] Cafeteira tramontina Breville com moedor")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220664", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220664", " Sistema de som de embutir de alta qualidade Wave WSR60BTR")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220650", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220650", " Lote com: Torradeiras, chapa, fogao, estufa")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220672", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220672", " Forno e micro-ondas Conjugado -  TECNO TK 44 EX")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220662", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220662", " Lote com: Forno e adega refrigerada")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220658", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220658", " Caixa de som profissional")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220659", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220659", " Pc gamer i5 10400 16gb RTX3060 12gb 500gb ssd m2")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221444", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221444", "Pc gamer i7 3770 DDR3 16gb ram 480 gb SSD 1000 gb HD vídeo RX 580 8gb - Funcionando")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220688", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220688", " Monitor Curvo Samsung ultrawide Odyssey G5 34" 1440p 165hz HDR (será vendido com pés originais)")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220645", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220645", " [vídeo] Relógio Smart cinza")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220666", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220666", " [vídeo] Relógio Smart preto")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220671", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220671", " Celular Motorola G52 (pouquissimo uso - sem detalhes)")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220674", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220674", " Lote com: 05 unidades de tripés")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220679", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220679", " Quadro Copacabana pintura à mão 1,52x1,00 (sem detalhes)")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220676", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220676", " Lote com: 26 filtros de linha. e  aproximadamente 150 cabos dvi vga hdmi outros")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220680", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220680", " Lote com: 15 luminárias, 5 suportes, 2 ponteiras em alumínio")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220649", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220649", " Lote com: 37 fitas vhs, 48 cartuchos de dados, playstation one, 2 cabos")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220681", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220681", " Lote com: Monitor lg 23, lâmpada,celulares,tablet,telefones, 14 controles")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220652", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220652", " Lote com: 11 lixeiras de inox")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220686", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220686", " Lote com: 10 lixeiras de inox")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220673", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220673", " Lote com: 10 lixeiras de inox")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220675", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220675", " Lote com: 12 lixeiras de inox ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220678", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220678", " Lote com: Garrafas, vidros, marinex, entre outros - 23 peças")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220647", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220647", " Lote com: Taças, balde de inox, copos - 22 peças")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220665", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220665", " Lote com: Peças em vidro e porcelana, panelas - 28 Peças")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220687", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220687", " Lote com: 25 taças")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220684", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220684", " Lote com: Pratos, taças, copos - 69 peças")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220677", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220677", " Lote com: Copos e taças - 37 peças")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220669", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220669", " Lote com: Inox Emporio Riva, fruteira alumínio , taças, diversos - 27 peças")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220643", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220643", " Lote com: Panelas e itens em inox - 19 peças")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220648", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220648", " Lote com: Enfeites e objetos em prata - 18 peças")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220682", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220682", " Lote com: 06 cumbucas em porcelana antiga")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220689", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220689", " Lote com: Travessa, enfeites em porcelana - 8 peças")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221429", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221429", " Assadeira Arke")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220683", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220683", " Prensa de latinhas ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220685", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220685", " Prensa")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221416", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221416", " Lote com: EPis diversos, calçados, conduites, canos, acessórios")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221412", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221412", " Lote com: Mosquetes diversos, acessórios, ferramentas")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221409", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221409", " Lote com: Ferramentas e acessorios diversos")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221426", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221426", " Lote com: Ferramentas e acessórios diversos")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221418", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221418", " Lote com: Tapetes de borracha, bolas, luva em couro")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221411", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221411", " Brinquedos diversos")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221447", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221447", " Lote com: 2 brinquedos - funcionando. ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221446", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221446", " Lote com: 22 bonecos tipo lego - sem uso")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221445", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221445", "Lote com: 02 filtros UB -  2 Bombas de grande capacidade ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221425", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221425", " Lote com: Roupas infantis, jaqueta couro, sandalias, calça OSKLEN")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221431", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221431", " Lote com: Roupas adulto OSKLEN, gargantilha prata, acessorios de luxo")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221432", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221432", " Lote com: Cds originais, bonecos antigos, relógio")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221415", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221415", " Lote com: Relogios, toca discos, itens antigos")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221424", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221424", " Lote com: Discos sertanejos antigos - 25 unidades")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221423", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221423", " Lote com: 12 discos antigos")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221427", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221427", " Lote com: 8 discos antigos")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221433", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221433", " Lote com: Itens antigos")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221430", "078")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221430", " Lote com: Facas antigas e artesanais - 10 peças")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221437", "079")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221437", " Lote com: Broches, apitos antigos")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221439", "080")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221439", " Lote com: 84 moedas")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221417", "081")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221417", " Lote com: 57 moedas - Holanda e África")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221440", "082")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221440", " Lote com: Dollar ,Escudo português, Rand africano - ANTIGOS")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221420", "083")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221420", " Lote com: Marco da alemanha - antigos")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221419", "084")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221419", " Lote com: Moedas Gulden Holanda - antigas")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221438", "085")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221438", " Lote com: Franco da Bélgica - antigos")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221428", "086")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221428", " Lote com: Pence Inglês e Pesos Uruguaios - antigos")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221413", "087")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221413", " Lote com: Lire Italiana Escudo Português e outros")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221422", "088")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221422", " Lote com: Franco Suísso antigos")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221435", "089")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221435", " Lote com: Schiling Áustria e Coroa Dinamarca antigos")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221441", "090")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221441", " Lote com: Pesetas da Espanha antigas")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221434", "091")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221434", " Lote com: Yene japonês, Dirhams Árabe e Franco")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221436", "092")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221436", " Lote com: 3 moedas antigas 1968,1969 e 1964")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221421", "093")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221421", " Rarissima 2 Reichs Mark 1925 (legítima)")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221414", "094")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221414", " Lote com: Elíptico e 2 bolas")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221410", "095")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221410", " Flash digital Canon")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222597", "096")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222597", "Balcão em aço e vidro 2,20x0,45")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222598", "097")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222598", "Balcão em aço e vidro 2,20x0,45")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222599", "098")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222599", "Balcão em aço e vidro 2,20x0,45")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222600", "099")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222600", "Balcão em aço e vidro 2,20x0,45")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222602", "100")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222602", "Expositor 2,45x0,40 base de aço reforçado - 18 repartições")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222609", "101")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222609", "Expositor 2,85x0,40 base de aço reforçado - 22 repartições")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222610", "102")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222610", "Lote com: 2 unidades Prateleiras industriais  2,40x0,80x0,40")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222611", "103")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222611", "Lote com: 2 unidades Prateleiras industriais  2,40x0,80x0,40")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222612", "104")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222612", "Lote com: 2 unidades Prateleiras industriais  2,40x0,80x0,40")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222613", "105")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222613", "Lote com: 2 unidades Prateleiras industriais  2,40x0,80x0,40")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222614", "106")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222614", "Lote com: 2 unidades Prateleiras industriais  2,40x0,80x0,40")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222616", "107")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222616", "Cadeira Gamer - Encosto alto ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222617", "108")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222617", "Cadeira Gamer - Encosto alto ")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222615", "109")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222615", "Cadeira Gamer - Encosto alto ")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222618", "110")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222618", "Lote com: 5 suportes reforçados para bancada")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222619", "111")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222619", "Buffet antigo madeira 2,00x0,50")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...767 lines deleted...]
-      <c r="F37" s="4" t="inlineStr">
+      <c r="F120" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-[...2164 lines deleted...]
-      <c r="E105" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222620", "112")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222620", "Mesa redonda antiga com vidro 0,80x0,70")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F105" s="4" t="inlineStr">
-[...510 lines deleted...]
-      </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222884", "113")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222884", "Pc Gamer I5 16gb Rx580 8gb 256gb SSD")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>