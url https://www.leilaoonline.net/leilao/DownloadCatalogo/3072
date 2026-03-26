--- v0 (2025-10-13)
+++ v1 (2026-03-26)
@@ -269,1083 +269,951 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220584", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220584", " Cantoneira div. Bitolas (Lote com 15 aprox. ton)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220566", "005")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220566", "Sucata de máquina JCB (sem motor, sem documento, para aproveitamento de peças)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220578", "006")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220578", "[ SUCATA ] Chassi de caminhão VW 13.180 ANO 2002. Com motor")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220575", "007")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220575", "Sucata de escavadeira (New Hollond modelo 215) (sem motor, para aproveitamento de peças)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220592", "008")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220592", " Carroceria D40 em bom estado")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220565", "009")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220565", " Postes de madeira (Lote com aprox. 30 pçs)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220587", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220587", " Postes de madeira (Lote com aprox. 30 pçs)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220589", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220589", " Sucata de cordoalhas (Lote com 20 aprox. ton)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220573", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220573", " Canos de PVC 1.1/2pol.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220581", "014")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220581", " Chapa galvanizada (tampa de eletrocalha) Lote com 20 aprox. ton")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220560", "015")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220560", " Motor de indução (Teco potencia 1.200 KW)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220577", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220577", " Moinho bola")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220586", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220586", " Moinho bola")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220569", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220569", " Moinho bola")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220561", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220561", " Moinho bola")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220574", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220574", " Moinho bola")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220582", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220582", " Pneus (diversos tamanhos) Lote aprox. 150 pçs")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220559", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220559", " Compressor Interfibra")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220591", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220591", " Carreteis de madeira (diversas medidas) Lote aprox. 20 pçs")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.680,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220562", "024")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220562", " Moinho bola")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220576", "025")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220576", " Vergalhão de ferro (diversas bitolas). Aprox. 20 ton")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220567", "026")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220567", " Cruzeta de madeira redonda Lote com aprox. 500 pçs")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220590", "027")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220590", " Cruzeta de madeira quadrada Lote com aprox. 1000 pçs")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220583", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220583", " Peças diversas porcas, parafusos, conexão e conectores")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220563", "031")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220563", " Rolamentos e conexões hidráulicas (diversos tamanhos)")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220588", "032")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220588", " Conexões de nilon (diversos tamanhos)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220571", "033")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220571", " Cantoneira div. Bitolas - Lote com 60 ton")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220579", "034")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220579", " Eixo de aço inox (diversas medidas) Lote com 1500kg")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220564", "035")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220564", " Talha")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220580", "036")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220580", " Transportador de rosca")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220568", "037")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220568", " Cabo de aço - lote com 20 aprox. pçs")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220585", "040")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220585", " Motores e redutores (diversos tamanhos)")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...147 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...862 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220593", "041")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220593", "Briquetadeira (em funcionamento)")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>