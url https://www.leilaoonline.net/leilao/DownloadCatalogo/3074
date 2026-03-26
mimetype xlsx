--- v0 (2025-11-13)
+++ v1 (2026-03-26)
@@ -269,2523 +269,2211 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220902", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220902", " GM CAPTIVA SPORT FWD ANO 2010,  COMPLETA, PLACA MERCOSUL,  IPVA E LICENCIAMENTO 2023 ,  EM ORDEM, ( VEÍCULO DE DIRETORIA) EM FUNCIONAMENTO.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>22.200,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222724", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222724", "FIAT PALIO FIRE WAY ANO 2016. FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220859", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220859", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220885", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220885", " LOTE CONTENDO 50 UNIDADES DE  MOSQUETÃO GANCHO OLHAL, VÁRIOS TAMANHOS E MODELOS ,( NO ESTADO), CONFORME FOTOS.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220883", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220883", " LOTE CONTENDO 50 UNIDADES DE  MOSQUETÃO GANCHO OLHAL, VÁRIOS TAMANHOS E MODELOS ,( NO ESTADO), CONFORME FOTOS.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220860", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220860", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220884", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220884", " LOTE CONTENDO 50 UNIDADES DE  MOSQUETÃO GANCHO OLHAL, VÁRIOS TAMANHOS E MODELOS ,( NO ESTADO), CONFORME FOTOS.")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220876", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220876", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220875", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220875", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220872", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220872", " LOTE C/ 100 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>490,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220871", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220871", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220870", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220870", " LOTE C/ 100 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>490,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220869", "018")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220869", "500 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220865", "019")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220865", " LOTE CONTENDO 50 UNIDADES DE  ITENS DE BIJOUTERIAS,  PEDRARIAS DE LUXO, BRACELETES, TIC-TAC ( PRESILHAS), PULSEIRAS, APLIQUES DE CABELO, TIARAS , ACESSÓRIOS , DIVERSOS MODELOS CONFORME FOTOS.")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220899", "020")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220899", " LOTE CONTENDO 30 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220864", "021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220864", " LOTE CONTENDO 50 UNIDADES DE  ITENS DE BIJOUTERIAS,  PEDRARIAS DE LUXO, BRACELETES, TIC-TAC ( PRESILHAS), PULSEIRAS, APLIQUES DE CABELO, TIARAS , ACESSÓRIOS , DIVERSOS MODELOS CONFORME FOTOS.")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220898", "022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220898", " LOTE CONTENDO 30 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220866", "023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220866", " LOTE CONTENDO 50 UNIDADES DE  ITENS DE BIJOUTERIAS,  PEDRARIAS DE LUXO, BRACELETES, TIC-TAC ( PRESILHAS), PULSEIRAS, APLIQUES DE CABELO, TIARAS , ACESSÓRIOS , DIVERSOS MODELOS CONFORME FOTOS.")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220877", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220877", " LOTE CONTENDO 30 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220868", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220868", " LOTE C/ 100 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>490,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220897", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220897", " LOTE CONTENDO 30 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220863", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220863", "100 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220896", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220896", " LOTE CONTENDO 30 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220862", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220862", "100 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220861", "031")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220861", " 100 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220878", "032")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220878", "50 CAIXINHAS DE LÁPIS DE COR, SENDO 06 LÁPIS CADA, CONFORME FOTOS. (SEM USO).")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220873", "033")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220873", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220867", "034")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220867", " LOTE C/ 100 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>490,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220882", "035")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220882", "[ VÍDEO ] LOTE CONTENDO 50 BOLSAS TÉRMICAS ORIGINAIS SADIA PERDIGÃO (sem uso).")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220856", "036")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220856", " LOTE C/ 30 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220874", "037")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220874", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220881", "039")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220881", "[ VÍDEO ] LOTE CONTENDO 50 BOLSAS TÉRMICAS ORIGINAIS SADIA PERDIGÃO (sem uso).")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220920", "047")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220920", "80 tubos de Cola Elmer's vários Tamanhos, cores e modelos")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220887", "048")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220887", " LOTE C 50 UNIDADES DE BONECOS MONSTRO DA ANUIDADE DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P COLECIONADORES ( SEM USO, NA EMBALAGEM)")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220858", "049")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220858", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220918", "050")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220918", " LOTE CONTENDO APROX. 100 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220890", "051")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220890", " LOTE C 50 UNIDADES DE BONECOS MONSTRO DA ANUIDADE DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P COLECIONADORES ( SEM USO, NA EMBALAGEM)")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220914", "052")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220914", " LOTE CONTENDO APROX. 100 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220925", "053")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220925", "80 tubos de Cola Elmer's vários Tamanhos, cores e modelos")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220915", "054")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220915", " LOTE CONTENDO APROX. 100 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220889", "055")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220889", " LOTE C 50 UNIDADES DE BONECOS MONSTRO DA ANUIDADE DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P COLECIONADORES ( SEM USO, NA EMBALAGEM)")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220880", "056")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220880", "50 CAIXINHAS DE LÁPIS DE COR, SENDO 06 LÁPIS CADA, CONFORME FOTOS. (SEM USO).")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220888", "057")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220888", " LOTE C 50 UNIDADES DE BONECOS MONSTRO DA ANUIDADE DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P COLECIONADORES ( SEM USO, NA EMBALAGEM)")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220910", "058")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220910", " LOTE CONTENDO APROX. 1.000 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>990,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220930", "059")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220930", "1000 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>990,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220916", "060")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220916", " LOTE CONTENDO APROX. 100 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220923", "061")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220923", "100 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220924", "062")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220924", "50 CAIXINHAS DE LÁPIS DE COR, SENDO 06 LÁPIS CADA, CONFORME FOTOS. (SEM USO).")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220879", "064")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220879", "50 CAIXINHAS DE LÁPIS DE COR, SENDO 06 LÁPIS CADA, CONFORME FOTOS. (SEM USO).")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220921", "065")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220921", "50 tubos de Cola Elmer's vários Tamanhos, cores e modelos")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220854", "067")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220854", "LOTE CONTENDO 20 CAIXAS DE JOGO PULA SAPINHO ORIGINAL MARCA GULLIVER , ( NA CAIXA E  SEM USO ). BRINQUEDO SENSAÇÃO DA DECADA DE 1990, PARA CRIANÇAS E ADULTOS.")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220917", "068")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220917", " LOTE CONTENDO APROX. 100 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220855", "069")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220855", "LOTE CONTENDO 20 CAIXAS DE JOGO PULA SAPINHO ORIGINAL MARCA GULLIVER , ( NA CAIXA E  SEM USO ). BRINQUEDO SENSAÇÃO DA DECADA DE 1990, PARA CRIANÇAS E ADULTOS.")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220886", "070")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220886", " LOTE C 50 UNIDADES DE BONECOS MONSTRO DA ANUIDADE DA ESTRELA,ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P COLECIONADORES ( SEM USO, NA EMBALAGEM)")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220922", "071")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220922", "80 tubos de Cola Elmer's vários Tamanhos, cores e modelos")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220929", "072")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220929", "1000 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>990,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220912", "073")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220912", " LOTE CONTENDO APROX. 1.000 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>990,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220928", "076")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220928", "1000 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220857", "078")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220857", " LOTE C/ 30 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220906", "079")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220906", " LOTE C/ 10 PARES CHINELOS HAVAIANAS, DIVERSOS NÚMEROS E MODELOS (SEM USO NA CAIXA).")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220903", "081")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220903", "LOTE CONTENDO 07 TVs , DE VÁRIAS MARCAS, POLEGADAS E MODELOS, LED, HDMI E OUTRAS, ( SUCATAS P/ CONSERTO OU APROVEITAMENTO DE PEÇAS).")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220919", "082")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220919", "80 tubos de Cola Elmer's vários Tamanhos, cores e modelos")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220911", "083")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220911", " LOTE CONTENDO APROX. 1.000 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>990,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220894", "085")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220894", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-06)")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220927", "086")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220927", "500 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220892", "087")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220892", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-04)")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220907", "088")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220907", " LOTE C/ 10 PARES CHINELOS HAVAIANAS, DIVERSOS NÚMEROS E MODELOS (SEM USO NA CAIXA).")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220891", "089")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220891", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-03)")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220904", "090")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220904", "LOTE CONTENDO 03 TVs , PHILCO E SAMSUNG  LED, HDMI  (  P/ CONSERTO OU APROVEITAMENTO DE PEÇAS).")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220893", "092")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220893", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-07)")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220913", "093")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220913", " LOTE CONTENDO APROX. 1.000 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>990,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220895", "094")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220895", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-20).")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220926", "095")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220926", "500 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220909", "096")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220909", " LOTE CONTENDO APROX. 1.000 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>990,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220901", "099")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220901", " LOTE CONTENDO 01 PALETE C/ CENTENAS DE ITENS, SENDO: LATAS DE TINTAS DE DIVERSAS CORES E TAMANHOS, SPRAY , LUBRIFICANTES, SOLVENTES DE DIVERSAS MARCAS E MODELOS E DIVERSOS ITENS DO SEGMENTO, (L-01)")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220900", "101")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220900", " LOTE CONTENDO 01 PALETE C/ CENTENAS DE ITENS, SENDO: LATAS DE TINTAS DE DIVERSAS CORES E TAMANHOS, SPRAY , LUBRIFICANTES, SOLVENTES DE DIVERSAS MARCAS E MODELOS E DIVERSOS ITENS DO SEGMENTO (L-02)")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220905", "102")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220905", " LOTE C/ 10 PARES CHINELOS HAVAIANAS, DIVERSOS NÚMEROS E MODELOS (SEM USO NA CAIXA).")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220908", "103")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220908", " LOTE C/ 10 PARES CHINELOS HAVAIANAS, DIVERSOS NÚMEROS E MODELOS (SEM USO NA CAIXA).")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>