--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,3867 +269,3387 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220933", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220933", "CAMINHÃO ANTIGO VERDE da Década de 50/60. Sem Doc. Veic Ornamental, P/ Restauração/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220968", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220968", " LAMBRETTA LI DÉCADA DE 1960 (CARCAÇA), P/ RESTAURAÇÃO OU PEÇAS. ORNAMENTAL, P/ ENFEITE DE AMBIENTES OU EVENTOS.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220954", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220954", "[ VÍDEO ] Lambretta Cynthia restaurada, motor 175 cc 1975.Sem documento.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220973", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220973", " MOBILETTE CALOI RX ANO 1985  RARIDADE PARA COLECIONADORES. RABO SECO, BANCO INDIVIDUAL, MODELO MAIS  EXCLUSIVO DA CATEGORIA.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220972", "009")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220972", " BICICLETA ANTIGA, DÉCADA DE 1960. MIRIM RELÍQUIA P/ COLECIONADORES")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220950", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220950", " Vespa Piagio 1961 ( placa com o mesmo ano).Funcionado, documento em dia, placa cinza.Motor cadastrado 200 Cc ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220949", "012")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220949", " Vespa 1963. Completa, placa cinza. Motor original. Polida. Revisada.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220969", "014")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220969", " CALOICROSS FREESTYLE ARO 20  DÉCADA DE 1980 RELÍQUIA P/ COLECIONADORES.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220970", "016")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220970", " LAMBRETTA XISPA DÉCADA DE 1970 PLACA AMARELA (SEM DOCUMENTOS ) (CARCAÇA), P/ RESTAURAÇÃO OU PEÇAS. ORNAMENTAL, P/ ENFEITE DE AMBIENTES OU EVENTOS.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220931", "017")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220931", "CAMINHÃO ANTIGO FORD AMARELO da Década de 50/60. Sem Doc. Veic Ornamental, P/ Restauração/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220971", "018")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220971", " LAMBRETTA XISPA MOTOR ORIGINAL COMPLETO DÉCADA DE 1970, P/ RESTAURAÇÃO/  ( SEM DOCUMENTOS) ORNAMENTAL P/ ENFEITE DE AMBIENTES OU EVENTOS.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220960", "020")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220960", "Fiat 600.  Ano 1969. Original. Veículo ornamental. SEM DOCUMENTO.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220951", "022")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220951", "[ VÍDEO ] Caixa de coca cola antiga de madeira com as garrafas")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220962", "023")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220962", " Máquina de costura década de 40 usada na guerra.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220952", "024")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220952", "Sela da época, corda de couro cru, Reio de couro cru, Freio de couro cru. Bachero. Cavalete ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220942", "025")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220942", " Caixa de transporte de alimentos aéreos em alumínio da Air Canadá")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220953", "026")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220953", "[ VÍDEO ] Pelota antiga do câmbio do opala SS")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220961", "028")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220961", "CAMINHÃO CAÇAMBA MB 2220. TRAÇADO. ANO 1989")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220964", "031")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220964", "Mesa de Tênis de mesa Antiga.  Tamanho Oficial, 2,72 X 1,52,  Original, dobrável.conforme fotos")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220963", "033")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220963", " LOTE C/ 04 ROLOS DE FILMES ANTIGOS")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220941", "035")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220941", " Geladeira Frigidaire 1943. Funcionando.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220940", "037")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220940", " LOTE COLEÇÃO DE CANETAS ANTIGAS, APROX. 500 UNIDADES, VÁRIAS MARCAS,  MODELOS E ÉPOCAS.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220935", "039")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220935", " COLEÇÃO CONTENDO 31 CINZEIROS ANTIGOS, DIVERSOS MODELOS, EM PORCELANA FINA E VIDRO, CERAMICA  E OUTROS ,PARA COLECINADORES. C-02")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220936", "041")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220936", " BALANÇA ANTIGA, VISOR DE QUILOGRAMAS REDONDO, RELÍQUIA PARA COLECINADORES, ( NO ESTADO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220937", "043")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220937", " Lote único contendo: 01 liquidificador marca Arno super , 01 Arno Supermix copos de vidro, originais, 01 Moringas de Cerâmica e 01 Bebedouro de porcelana, ( no estado) conforme fotos.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220938", "045")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220938", " Lote de latas antigas, sendo: 11 latas , Leite em pó Glória  e outras conforme fotos Relíquia para COLECIONADORES ( no estado) conforme fotos")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220939", "047")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220939", " Balança antiga madeira e ferro, Relíquia para COLECIONADORES ( no estado) conforme fotos, obs: ( O vaso não faz parte do lote)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220967", "049")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220967", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220947", "053")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220947", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220948", "055")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220948", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220965", "059")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220965", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220945", "061")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220945", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220956", "062")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220956", " LOTE CONTENDO 300 UNIDADES APROX. DE MOSQUETÃO METÁLICOS, GANCHO P/ CHAVEIROS, BOLSAS, COLETES E VESTUÁRIOS EM GERAL VÁRIOS TAMANHOS E MODELOS ,  Conforme Fotos, P-02")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220958", "064")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220958", " LOTE CONTENDO 1000 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>990,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220957", "065")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220957", " LOTE CONTENDO 1000 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>990,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220955", "066")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220955", " LOTE CONTENDO 1000 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>990,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220959", "068")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220959", "PEDAL CAR ANTIGO DÉCADA DE 1980, P/ COLECIONADORES. NO ESTADO CONFORME FOTOS")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220934", "069")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220934", "[ VÍDEO ] Lote de itens Antigos. Sendo: 01 - Relógio De Ponto, 02-Relógios quadrados grandes, 01 - Campainha de elétrica de Sino. ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220966", "071")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220966", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220943", "073")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220943", " Antigo galão de combustível americano ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220946", "075")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220946", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220944", "077")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220944", " Mini Geladeira da Marca cônsul na cor amarela, anos 60. peça restaurada e com compressor novo. 69x54x55 cm Excelente estado de conservação, Peça de coleção")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220974", "078")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220974", " Piano Bechstein 1911/1912 meia cauda Ano restauro total 2022 /Restauro dentro dos padrões do fabricante e peças da época")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...20 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220975", "079")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220975", " Livro A Divina Comédia Edição - 1955 - Autor Dante Alighieri - Editora Calcadense 350 páginas Livro em bom estado de conservação, páginas ligeiramentes amareladas devido a ação do tempo.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220977", "080")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220977", " Cadeira barbeiro antiga Marca Irmãos Cpaniele. Pecas com marcas do tempo. Peça dos anos 20 / 30 1920 a 1930 Não testado funcionamento")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220976", "081")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220976", " Maquina Calcular Antiga Original - Odhiner Peça não restaurada em funcionamento Número da Peça 239.883.069 Made in Sweden Peça original em bom estado de conservação Alguns desgastes devido a ação do tempo")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220980", "082")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220980", " Taxímetro Antigo Francês Prevent Mascart Ano - 1920 Ste GLE Des Compteurs De Voitures 75, Rue La Condamine - Paris Taxímetro em funcionamento.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220978", "083")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220978", " Computador Solution 16 / não testado, sem teclado Marcas de desgaste devido a ação do tempo")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220992", "084")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220992", "Box CD Brigitte Bardot Initiales B.B. / Box composto de 3 CD ANO 1993 / France / Phonogram 31 páginas / Capa Dura. Ligeiramente amarelado. Numero Philips - 514673-2")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220979", "085")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220979", "01 CD Box / Ago Puxinguinha 100 anos e 01 Box / Carmem Miranda CD; 01 Box VHS Titanic Filme em fitas VHS")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220993", "088")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220993", "Box - Fita k7 The 60 Greatest Old - Time Radio Show of The 20TH Century. ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220981", "089")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220981", " Maquina de escrever portaril Olivetti Lettera 82 Funcionando Ótimo estado de conservação")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220982", "090")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220982", " Câmera Fotografica Instant Kodak EK 2 Sem bateria / Não testado funcionamento. Ótimo estado de conservação")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220984", "092")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220984", " Microfone de mesa AIWA Model - DM-47 Uni Direcrional / Dynamic Mic Made in Japan Microfone em bom estado de conservação, com pedestal de mesa. Pequeno desgaste devido ação do tempo. Não testado funcionamento.")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220983", "093")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220983", " Serra Tico Tico / Antiga Abtiga serra de fita de mesa, pequena Peça não restaurada - Não funciona. Marcas de desgaste devido a ação do tempo")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>390,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220985", "094")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220985", " Coleção JK / Juscelino Koubitschek Coleção rara e exclusiva do Presidente Juscelino Kubitschek.  Coleção composta de 4 itens. - DVD JK / 5 DVDs / Som livre - Pequena escultura cafeeiros 1953 (ajudei a fundar uma cidade no Brasil). - Discurso promovido pelo presidente Juscelino Kubitschek, 1 de jane")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220986", "095")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220986", " Painel Original de instrumentos do avião NA T-6 / Peça não restaurada / peças e instrumentos originais.")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220987", "096")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220987", " Transmissor de FM Estéreo S/25 Usado - Ótimo estado de conservação")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220988", "097")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220988", " Antiga cesta de Balão em Vime. Data não definida.Balão de ar quente a gás Cesto tamanho para 3 pessoas - Peça não restaurada")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220989", "098")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220989", " Coleção objetos antigos (Coleção composta de 10 objetos - Moedor cana manual/Panela ferro fundido/Debulhador milho manual/Maquina macarrâo /Cilindro massa /2 Bigornas sapateiro/Ferro passar roupa a carvão/Maçarico querosene/Encho de mercenária )")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220990", "099")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220990", "Coleção Aplauso - Perfil  - 10 livros Coleção Aplauso - perfil (lacrados) - Medida cada livro 18x12 cm - Ótimo estado de conservação")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220991", "100")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220991", "Coleção Aplauso - Cinema Brasil - 10 livros lacrados Coleção Aplauso / Cinema Brasil - Lacrados Ótimo Estado de Conservação  Medidas 12x18 cm")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220994", "101")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220994", " Coleção Aplauso - Perfil- 10 livros Coleção Aplauso / Brasil- Lacrado Ótimo estado de conservação Medida 12x8 cm")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220996", "102")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220996", " Quadro em Vidro Egito Antigo. Técnica - Papiro Egipcio Antigo, emoldurado em vidro. Vidro está com fundo trincado")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220998", "103")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220998", " Balança antiga Filizola de braço / capacidade 10 kg. Peça para restauro / não testado. Medidas 50x24 cm")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220995", "104")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220995", " Caixa registradora antiga Marca - Rod Bel / Peça não restaurada. Não testada. Medidas 42x46 cm Altura 46 cm")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220999", "105")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220999", " Antiga Caixa Registradora National. Peça não restaurada. Medidas 40x60 cm")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221000", "106")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221000", " Antiga máquina de pipoca a fichas. (Venda Machine). Década 60 / 70. Maquina original, não restaurada. Não testada. Bom estado de conservação. Medidas:0,60x0,61cm Altura 1,78 cm")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220997", "107")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/220997", " Antiga Moto Racing de parque de diversão (vending Machine), a ficha. Década 60/ 70. Não testada. Bom estado de conservação")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221004", "108")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221004", " Aparelho de barbear antigo. Na caixa. The Gillette de Luxe Trac II Razor. Estojo Completo. Ótimo estado de conservação.")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221002", "109")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221002", " Coleção barbearia: - 2 máquinas manual Antiga Cortar Cabelo - Aparelho Barba Antigo - 2 caixas Gillette Antiga - Secador Cabelo Antigo Vermelho.")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221001", "110")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221001", " Antigo Barbeador Elétrico Braun Synchron Plus. Completo. Na caixa. Peça em ótima estado de conservação. Não testado. ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221007", "111")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221007", " Coleção de Barbearia composta de:  - 1 Barbeador Elétrico Antigo Philishave Tracer Antigo. - 1 Barbeador Elétrico de Luxe Philishave antigo - 1 aparelho de barba antigo Aparelhos em bom estado de conservação, não testados.")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221005", "112")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221005", " Antigo Fichário de Aposta para Cartas. Sem Baralho. Caixa em Madeira Nobre. Ótimo Estado de Conservação. Organização AZ De Ouro")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221003", "113")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221003", " Fichário de Jogo Antigo Rebi. Bom Estado de Conservação")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221008", "114")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221008", " Bicicleta Antiga - Antiga Bicicleta Club - Origem Japão  Ano - 1937Rara peça para colecionador")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221006", "115")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221006", "Antigo Carrinho de Bebê da Decada 30 / 40. Restaurado conforme padrões da época (tecido)")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221009", "116")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221009", " Antiga Balança de Precisão / Marca Record. Década 70 / N 13803 Bom estado de conservação / Funcionado / Peça não restaurada")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221011", "117")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221011", " Patins de Neve Antigo Peça Original / Madeira e Ferro / não restaurado / Bom estado de conservação")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221010", "118")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221010", " Antigo Mimiografo Facit Peça em ótimo estado de conservação / Funcionando / Peça não restaurada")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221012", "119")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221012", " Antigo Mimiografo Marca - Ditto Decada 40 / 50. Peça original não restaurada. Bom estado de conservação / Funcionando")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221014", "120")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221014", " Antiga Copiadora 636 - 3M. Marca 3M Modelo 636 - BFE 110 Volts Máquina fotocopiadora antiga em bom estado de conservação. Não Testada / Não Reformada")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>990,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221017", "123")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221017", " Volante / Direção Automóvel Fiat Decada 10 Diametro 40 cm.Peça não restaurada")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>990,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221016", "124")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221016", " 2 un. Garrafas Antigas de Champagne De Greville  Decada 70 / Cheias - Lacradas / Fabricante - Martini ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221018", "125")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221018", " Wisky seagrams Antigo Benders Pride Cheia - LacradaConteudo 1000ml")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221019", "126")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221019", " Jarra em Vidro / Bico de Jaca Altura 20 cm / Borda em Prara")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221020", "129")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221020", " Penico Antigo Grande Esmaltado / Ágata  Altura 30 cm Diametro 28 cm Marcas devido ação do tempo")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221022", "130")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221022", " Vidro e caixa antiga do perfume Chanel n° 5 Vidro vazio Altura 8 cm Largura 5 cm")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221021", "131")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221021", " Antigo perfume Galeche / Hermes - Paris Na caixa / Perfume lacrado 5 ml Made in france")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221023", "132")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221023", " Lote com cupula de vidro para lampião, lustres, camdelabros. Lote com 25 peças medidas - Altura 17 cm Diâmetro inferior 4 cm Diâmetro superior 9,5 cm.")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221025", "133")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221025", " Cupula de vidro para lampião, lustre, camdelabro / lote com 19 peças  Medidas Diâmetro parte inferior e superior 13 cm Altura 40,5 cm")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221024", "134")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221024", " Lote com 2 cupolas / globo vidro / Bico de Jaca / Vintage.")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221026", "135")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221026", " Gatilho de Bomba de Combustivel de Posto de Abastecimento.  Marca - OPW 11A Peça não restaurada - Marcas devido a ação do tempo")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221027", "136")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221027", " Lote com 3 cúpulas / Globo Vidro / bisotada / Vintage Diametro inferior - 7 cm Diametro Superior - 9,5 cm")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221028", "137")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221028", "Armario / Expositor em aço inox e vidro.")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221029", "139")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221029", " Distintivo / Botton / Emblema - Original FORD Guard Belleview Origem - USA ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221034", "140")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221034", " Bússola antiga (grande) Danfoth Constellation.Não reformada / Original / funcionando - caixa de madeira original- medidas 24x24 cm")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221035", "141")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221035", " Casca canhão / Munição antigaAltura - 60 cmDiâmetro - 13 cm")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221037", "142")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221037", " Casca canhão / Munição AntigaAltura 59 cmDiâmetro 11 cm")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221036", "143")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221036", " Coqueteleira ANTIGA de Vidro / Metal. Peça rica em detalhes. Altura 23 cm")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221031", "144")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221031", " Escultura em Barro Pequena / argila. Obra não assinada. Comprimento 19 cm. Altura 9,5 cm")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221038", "145")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221038", " Escultura Madeira / Leão. Leão esculpido a mão em peça única de madeira.Madeira nobre. Peça Única / Devido ao volume e peso, não despachamos. Comprimento - 1 mt. / Altura - 0,90 cm")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221039", "146")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221039", " Toca Fitas de Rolo AkaiNão testado funcionamento / não restaurado / Peça original")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...308 lines deleted...]
-      <c r="E24" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221033", "147")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221033", " Lote com 8 carteiras escolares antigas.Carteiras em bom estado de conservação.Madeira nobre / peças originais de época. Peças não restauradas.")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221032", "148")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221032", " Lote com 3 ferros de passar roupas antigos. A carvão")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222891", "149")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222891", " Lote com 3 LPs: Abba dez anos, Viva a noite e  Renascer")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222893", "150")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222893", " Lp Alegria do passado e do presente. - Edição especial")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222892", "151")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222892", " Bomboniere redonda antiga bizotata. Altura 20 cm")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222895", "152")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222895", " Bomboniere antiga redonda Altura 19,5 cm Bizitada")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222897", "153")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222897", " Jarra inglesa / Wisky Dimple / 15 Years Old Original / porcelana Made in England")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222896", "154")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222896", " Maquina de escrever / Hermes Baby / Vermelha Funcionando")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222894", "155")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222894", " Coleção com 5 xicaras de café atiga / casca de ovo / Marca Handcafted DP / Porcelana")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222898", "156")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222898", " Star Wars / Sabre de Luz Original de época / Na caixa. ")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222899", "157")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222899", " 12 copos de vidro Retro / rosas Anos 70 Altura 11,5 cm")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222900", "158")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222900", " Conjunto 2 peças / Wolf / prata Altura 8 cm Diametro 13 cm")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E27" s="5" t="inlineStr">
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222901", "159")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222901", " Caneca de chopp / promoção Ford F 100 Super Série 1980")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222903", "160")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222903", " Lote com 3 pés cerâmicos antigos. Grladeira / fogão Altura 10 cm")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F27" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E29" s="5" t="inlineStr">
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222902", "161")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222902", " Prato metal parede em alto relevo / pescador Peça sem identificação do autor. Diametro - 22,5 cm")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F29" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E30" s="5" t="inlineStr">
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222904", "162")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222904", " Coleção 8 mini garrafas de bebidas antigas")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F30" s="4" t="inlineStr">
-[...2751 lines deleted...]
-      <c r="F116" s="4" t="inlineStr">
+      <c r="F129" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-[...414 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223157", "163")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223157", "Prato decorarivo Inglês  - Diametro  - 28 cm - Made in Englan - Alfred Meakin")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>