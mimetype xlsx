--- v0 (2025-11-30)
+++ v1 (2026-03-26)
@@ -269,4955 +269,4339 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222418", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222418", "Renault Master 8M3 25DCI - Diesel - 2011/2011 - Aproximadamente 265.000 Km")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221569", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221569", " Lote com: Aprox. 600Kg de material isolante para resistência - Preço Por KG")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221582", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221582", " Motor BBC 3535 CV.   1787 RPM  4000 Volts.  revisado")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221568", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221568", " Lote com: 19 válvulas diversas - Sem uso e usadas.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221570", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221570", " Lote com: 01 exaustor motor 7,5cv - 01 exaustor motor 10cv")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221600", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221600", " Lote com: 02 unid. Sirene industrial - motor WEG 3cv 3.450Rpm - 220/380V")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221588", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221588", " Lote com: 1.000 Bornes de 4mm")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221596", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221596", " Lote com: 03 motores Eberle 25CV 1750Rpm - 440V - 01 motor Weg 15Cv 3.510Rpm 440V - 01 motor ABB 12,5/14,3cv 2910/3490Rpm - 01 talha Demag 1.600Kg 250/440V")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221571", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221571", " Lote com: 04 Bancos capacitor Siemens - Mód. Trifásico para correção de fator potência tipo mt 600- 440V")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221585", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221585", " Lote com: 08 jogos de pastilha ridgid 1 1/2pol. - 07 jogos 2pol. // Catracas: 01 un. 1/2 pol - 02un. 1pol. - 01un. 1 1/2 pol. - 01 un. 2 pol.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221567", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221567", " Lote com: 10 um. Exaustor com motor Eberle 2 velocidades - 4 polos 0.46cv 1755 Rpm - 6 Polos 0 36cv 11160 Rpm - 220V")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221580", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221580", " Comporta Pebco Model RS-86 3X304 - SDMH - FD - CS - Sem uso")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221577", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221577", " Motor Diesel Yanmar tipo NB10 - Sem uso")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221591", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221591", " Lote com: 03 ventiladores com motor Weg 1.5cv - 1125 Rpm - 220/380/440 V")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221602", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221602", " Lote com: 01 motor Sew Eurodrive 2.2Kw - 220/440V // 01 motor ATB 4Kw - 380/415V - Sem uso")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221610", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221610", " Compressor Sabroe CMO 14")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221594", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221594", " Lote com: 14 motoredutores diversos")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221595", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221595", " Motoredutor Sew Eurodrive ryp Kf77dy112mlbztt")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221603", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221603", " Carregador de bateria Charge Master 24/40 - 3 - Sem uso.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221604", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221604", " Lote com: 09 motores - 03 Weg 5cv 2 polos 220/380 // 02 Weg 7.5Cv 2polos 220/380 //02 Weg 1cv 4 polos 220/380 // 02 Weg 1.5cv 2 polos 220/380 // 01 motoredutor carpaneci 0.11Kw 220/380")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221584", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221584", " Lote com: 09 ventoinhas 0.25Kw - 3380Rpm 440V - 03 motores Bauer 0,09Kw 1350 Rpm 230V")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221590", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221590", " Lote com: 03 ventiladores com motor Weg 1,5Cv - 1125 Rpm - 220/380/440V")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221606", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221606", " Lote com: 16 motores elétricos diversos")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221576", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221576", " Lote com: 10 exaustores com motor Eberle 2 velocidades - 4 polos 0.46cv 1755 rpm - 6 polos 0.36cv 1160 Rpm - 220V")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221605", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221605", " Relé multilingue SR750 - sem uso")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221592", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221592", " Bomba EHF 125,25 5 2755 m3/h/ H275 mcl")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221583", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221583", " Bomba com 02 motores elétricos 4Kw 220-240/380-415V")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221579", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221579", " Lote com: 04 motores - 01 marathon 20cv 230/460V 1750rpm 190/380V 1450rpm - 01 WEG 25Cv 1760rpm 220/380/440V - 01 22Kw 3520Rpm 440V - 01 ABB 22Kw 660V 1475Rpm - 25Kw 280-480 1775Rpm")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>5.400,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221599", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221599", " Lote com: 35 placas CP 128/A-PSDR 6Kva - sem uso ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221575", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221575", " Allen Bradley Cat 1395 - B82N-Em-P30-P50 400Hp")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221625", "030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221625", " Ventilador ECBlue")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221608", "031")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221608", " Lote com: 06 compressores de refrigeração Danfoss - Mod. SZ 160T 4CC")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221586", "032")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221586", " Lote com: 04 compressores de refrigeração Danfoss Model. SZ 120S4 VC")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221589", "033")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221589", " Lote com: 34 acoplamentos para tubulação 6 pol. - 25 para tubulação 4 pol. E 16 alvenius k 10 133 - Sem uso")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221597", "034")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221597", " Lote com: 02 quadros de distribuição 1300x 800 x 220 - sem uso")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221593", "035")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221593", " Lote com: 03 Mettler Toledo - 01 montado no painel")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221573", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221573", " Lote com: 120 Acoplamentos para tubulação de incêndio 2.1/2 pol. - sem uso")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221572", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221572", " Lote com: 04 ventiladores com motor Weg 1.5 Cv - 1125Rpm - 220/380/440V")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221601", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221601", " Lote com: 03 motobombas Weg 12.5Cv - 4 polos 220/380/440V")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>4.300,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221598", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221598", " Lote com: 01 redutor 1-10 , 01 redutor 1-41, 01 motoredutor 0.75Cv")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221607", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221607", " Govermor tipo PG - PL para utilização no controle de todos os tipos de turbinas a vapor - Sem uso")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221574", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221574", " Lote com: 14 motoredutores diversos")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221618", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221618", " Aproxiadamente 300Kg de gravite diversos - Preço por Kg")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>7,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221619", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221619", " Isoladores diversos")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221609", "046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221609", " Tanque para 2 mil Litros")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221622", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221622", " Lote com: 21 Pressostatos diversos - sem uso ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221621", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221621", " Chaminé em inox - 01 com 4 metros. 01 com 3.5m - Diâmetros de 12 pol.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221581", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221581", " Lote com: 04 bombas diversas")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221631", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221631", " Lote com: 30 Manômetros diversos - sem uso e usados")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221578", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221578", " Motor Mannesmann Demag para talha elétrica movicarga tipo 28/17 k 4P - 220/380/440V")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221624", "052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221624", " Lote com: 01 motobomba 5.5Kw - 2 polos 220/380/440V - 01 conjunto de motobomba com 2 bombas de 3Kw - 2 polos 220/380/440")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221626", "053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221626", " Lote com: 18 chicotes flexíveis com 5 metros - cabo 5x1mm - sem uso")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221669", "054")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221669", " Pistons hidráulicos")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221636", "055")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221636", " Lote com: 10 exaustores com motor Eberle 2 velocidades - 4 polos 0.46cv 1755 rpm - 6 polos 0.36cv 1160 Rpm - 220V")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221648", "056")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221648", " Máquina Bekum para aquecimento de Óleo")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221627", "057")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221627", " Lote com: 02 transformadores - 01 un. 4000VA - 440 110/220V - 01 un. 5000VA -480 220V - sem uso")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221630", "058")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221630", " Motoredutor Nord do Brasil 2.2 Kw 4 polos 440V. Redução 1-78,56 - Sem uso")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221632", "059")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221632", " Contator Moeller DIL M 1600 - Sem uso")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>14.600,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221655", "060")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221655", " Bomba D N 100/25 com motor Weg 25Cv - RPM 1765 - 220/380/440V")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221623", "061")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221623", " Lote com: 03 geradores de pulso")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221628", "062")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221628", " Lote com: 01 motobomba eberle 5CV. 2 polos 220/380/440V / 01 motobomba weg 5Cv 2 polos 220/380V / 01 motor Weg 6Cv 4 polos 220/380V")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221620", "063")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221620", " Lote com: 10 bombas dosadoras diversas")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221587", "065")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221587", " Lote com: 14 motoredutores diversos")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>4.300,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221642", "066")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221642", " Lote  com: 04 Motores Weg - 3cv, 5cv, 0.5cv - Motobomba Weg 3 CV - 02 exaustores com motor 8CV Weg")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221640", "067")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221640", " EH Bombas - EHF100. 32S Q 120 m3/h H-40 MCL - rotor 300m")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221638", "069")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221638", " Lote com: 01 transformador 13Kva - 01 transformador de 25 Kva")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221637", "070")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221637", " Contator A-B - média tensão 7200V -400A")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221643", "071")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221643", " Lote com: 03 sinaleiros tipo ZS - 64 / 0 Modelo M - sem uso")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221634", "072")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221634", " Lote com: 03 siemens - 01 simovert 6SE7016 - 2FB87 - FDO/ 01 simovert 6SE7023 - 2EB0314136 / 01  ULTRAMAT 23")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221662", "073")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221662", " Lote com: 200 rolamentos NSK 224 - 6006DWA1.8 - sem uso")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221649", "074")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221649", " Quadro de distrbiuição para filas - QDF 400A/48V - sem uso")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221629", "076")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221629", " Tanque para água deionizada - 12 mil litros")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>9.400,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221641", "077")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221641", " Lote com:05 ormec F séries servodrive ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221633", "078")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221633", " Torre Alpina")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221645", "079")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221645", " Painel 15000 VA")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221665", "080")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221665", " Lote com: 02 compressores Sanyo model C SB373H6B - 01 compressor ROT PANASONIC 9K 220 V.  2R13S236A6F - Sem uso")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221652", "081")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221652", " Estabilizador AMPLIMAG  Modelo AXIS 1 Potência 60 KVA  Entrada 220 V. Corrente 228 A.  Saída  220 V")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221666", "082")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221666", " Lote com: 02 motobombas Weg 7,5 CV. - 2 polos 220 / 380 V // 01 motor weg 7,5 CV - 2 polos 220 / 380 /440 V.// 01 motobomba weg 5 CV  - 2 polos  2 Estágio 220 / 380 V // 01 motor freio Voges 12,5 CV  -  4 pólos 220 / 380 / 440 V")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221644", "083")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221644", " Lote com: 01 motor weg 20 CV - 4 pólos. 220/ 380 /440 V. - 01 motor Exaustor Weg 8 CV - 2 pólos 220 / 380 V")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221656", "084")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221656", " Lote com:  01 motor weg 10 CV - 2 pólos 220 / 380 / 440 V - 01 motor weg 15 CV. - 2 pólos - 01 motobomba weg 7,5 CV")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221651", "085")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221651", " Lote com: 03 regulador de gás - 15 Honeywell C 437 interruptor de pressão de gás - sem uso")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221646", "086")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221646", " Lote com: 400 Rolamentos NSK 224 - 6006 DWA1.8 - Sem uso ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221664", "087")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221664", " Contator A-B - média tensão 7200V -400A")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221663", "088")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221663", " Lote com: 02 motobombas Weg 15 CV 3500RPM - 220/380V")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221661", "089")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221661", " Lote com: 400 reator externo alto fator de potencia para lâmpada vapor mercúrio - DSW")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221635", "090")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221635", " Analisador de gás síntese Gasboard - 3100 - Sem uso ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221660", "091")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221660", " Lote com: 11 Pressostatos sem uso sendo: 02 Telemecanique XMG  B008 - 02 Telemecanique XMG B028 - 01 Telemecanique XMG B091 - 01  United  Electric - 01 rang setting type ACW9 ")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221667", "092")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221667", " Lote com: 05 Fluke 4158 High voltage power supply")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221659", "093")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221659", " Lote com: 03 Eurodrive DFS100L 4/TF/IS - sem uso")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221639", "094")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221639", " Lote com: 500 Relé Finder tipo 60.13 10 A - 250 V - sem uso ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221650", "095")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221650", " Lote com: 03 ventiladores - sem uso")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221647", "096")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221647", " Sew Eurodrive 11 kw  - 1740 rpm  440 V. - Sem uso")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221653", "097")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221653", " Resfriador de Óleo com motor 7,5 CV  - 440V.  Bomba 100 Bar")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221657", "098")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221657", " Correia transportadora 5000 X 400 X 1050 com motor e redutor")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221668", "099")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221668", " Estabilizador Amplimag modelo AXIS I potência 75 KVA  220,V")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>10.200,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221658", "100")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221658", " Lote com: 08 motoredutor Ite   Redução 10 /1 - sem uso")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221654", "101")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221654", " Carregador de bateria Charge Master 24/40 - 3 - Sem uso.")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221611", "102")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221611", " Lote com: 01 Sew Eurodrive tipo CPM 112m /BR /TH / RJ / KK // 02 Sew Eurodrive DRE 100m4 /FG - KW3 - SI - RPM 1715  - 440 V - sem uso")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221614", "103")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221614", " Lote com: 04 Cilindro hidráulico mod. CDB2 HRS 14W  sem uso")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221612", "104")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221612", " Bailey AV 232100 eletropneumático válvula de comando 150 PSI ")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221613", "105")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221613", " Lote com: 01 Branson séries 8500 séries 8000 ultrassonico Power //01 Equisul GPL inv. RT 3.0 Kva 3 U - Sem uso")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221615", "106")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221615", " Lote com: 03 Relé de proteção SEG //01 Relé Pextron URPE 6104 ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221616", "107")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221616", " Lote com: 02 Medidor indicador multigrandenzas Embrasul MD 1000// 01 Controlador de Fator de Potência CM 4000//01 Relé ABB SPAJ 140C")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221617", "108")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221617", " Lote com: 500 Rele  Finder tipo 60.13 - 10 A - 250 V")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221566", "109")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221566", " Lote com: 01 Berthold EG; 01 Robicon ESS 0236; 01 Trane Adaptive control; 01 Collaudo GA.; 01 placa Siemens A1- 108 - 100 - 511 Issv 08; 01 Telemecanique VW3A58735; obs.: Sem uso")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221565", "110")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221565", " Lote com: 01 Fonte Mercúrio model. FXC2396 - 2/120; 01 Fonte Mean Wellington SP - 480 - 24; 01 Selecontrol MMI; 01 UniOP model. ER - 04 - 0045; obs.: Sem uso ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221564", "111")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221564", " Lote com Ecil, interruptor, monitor - etc.")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221557", "112")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221557", " Lote de motoredutores")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221562", "113")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221562", " Lote de Pressostatos diversos")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221563", "114")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221563", " Lote com: 02 Ormeg external  regen resistor  F - séries power supply; obs.: semi novo")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221561", "115")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221561", " Lote com: 15 medidor eletrônico de energia saga 2300; 04 medidor eletronico de energia  Elo 2113 E ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221560", "116")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221560", " Lote com: 21 pressostatos  obs.: Sem uso")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221558", "117")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221558", " Lote com:  inversor weg mod. CFW - 05 . 25 / 220 - 230  7.5 CV; Inversor Danffos  400 / 460 V.  -  4.0 HP.; obs.: Sem uso ")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221559", "118")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221559", " Lote com: 05 transformador ultra Power 12 KVA  prim. 220 Séc. 2 X 110 ")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221556", "119")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221556", " Lote com: 11 Fonte Indel  UR 60 A  / 48 / 4. 1. 2  - 220 V; obs.: Sem uso ")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221555", "120")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221555", " lote com: 03 Kromschroder DM 1000Z150 - 160,medidor de vazão; obs.:  sem uso")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221552", "121")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221552", " SYNRAD MODEL 48 - 5SWM; Material 5019206 - Laser Co2 L - 48 - 5 - 28ITM24764; obs.: Sem uso")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221553", "122")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221553", " Parker modelo 590P - 53372542 - P00 - U4AD; obs.: Sem uso")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221554", "123")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221554", " Toshiba - controle Regulador de tensão monofasico  - modelo TB - R 1000; obs.: semi  novo ")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221670", "124")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221670", "Lote com: 13 motores WEG 440V sendo: 06 12.5Cv 4polos  - 01 25cv 6 polos - 01 25 cv 8 polos - 04 25cv 04polos - 01 30cv 4 polos")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221671", "125")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221671", "Máquina de medir e enrolar fios e cabos modelo EMBRATA RAS-120 - capacidade 1800kg")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221672", "126")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221672", "Máquina de medir e enrolar fios e cabos modelo EMBRATA RAS-120 - capacidade 2000kg")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221673", "127")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221673", "Máquina de medir e enrolar fios e cabos modelo")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221674", "128")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221674", "Máquina de medir e enrolar fios e cabos Meccanica Nicoletti - capacidade 2000kg")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221675", "129")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221675", "Máquina de medir e enrolar fios e cabos modelo EMBRATA RAS-75 - Capacidade 900kg ")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221676", "130")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221676", "Máquina de medir e enrolar fios e cabos modelo EMBRATA RAS-120 - capacidade 1800kg")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221677", "131")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221677", "Empilhadeira Patolada Eletrica PT1654 FAST- Capacidade 1.600kg")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221678", "132")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221678", "Transformador 225KVA a seco Polux ")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221679", "133")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221679", "Transformador Polux ")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221680", "134")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221680", "Transformador 100KVA a seco Caesa")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221681", "135")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221681", "Estrutura Porta Bobinas com 444 Posições - ESTRUTURA JÁ DESMONTADA ")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>215.000,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...84 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221682", "136")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221682", "Lote com: 13 motores WEG 440V sendo: 06 12.5Cv 4polos  - 01 25cv 6 polos - 01 25 cv 8 polos - 04 25cv 04polos - 01 30cv 4 polos")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221683", "137")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/221683", " Empilhadeira Yale 4500 Kg ")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222393", "138")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222393", "Lote com: 10 fontes diversas - sem uso")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222394", "139")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222394", "Lote com: 60 contator Telemecanique Schneider LP4K06 - 24 V")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222395", "140")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222395", "Lote com: 70 Disjuntor motor Telemecanique Schneider")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222396", "141")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222396", "PLC Allen Bradley")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...122 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222397", "142")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222397", "Lote com: 04 Banco de Resistência - sem uso")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222398", "143")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222398", "Lote com: 15 Caixa para montagem elétrica  330 X  260 X 100")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...176 lines deleted...]
-      <c r="C26" s="4" t="inlineStr">
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222399", "144")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222399", "Lote com:  01 Schenck Microcont  02 Wallanck Tienan Diptron 3")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222400", "145")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222400", "Lote com:  13 Ventiladores para painel ")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222401", "146")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222401", "Lote com: 16 Piston Pneumático Festo diversos- sem uso ")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222402", "147")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222402", "Lote com: 09 Motoredutor Redução 1 por 10 - 24 VCC - sem uso")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222403", "148")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222403", "Lote com: 02 Exaustor com motor weg 1 cv com  inversor de frequência ")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222404", "149")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222404", "Contador Sprecher + Schuh CA 5 - 700 - sem uso")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222406", "150")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222406", "Lote com: 20 Contator  3RT1017 - 24 V. / 27 Contator  3RT1016 24 V")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222407", "151")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222407", "Válvula Gega Gás  control G 3199 - sem uso")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222408", "152")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222408", "Lote com: material eletrônico diversos  - sem uso ")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D26" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E26" s="5" t="inlineStr">
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222409", "153")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222409", "Disjuntor Merlin Gerin Masterpact NW 08 HA")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222410", "154")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222410", "Disjuntor Merlin Gerin Masterpact NW 12 HA")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222411", "155")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222411", "Lote com: 02 Exaustor para inversor de frequência")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
-[...890 lines deleted...]
-      <c r="E54" s="5" t="inlineStr">
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222412", "156")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222412", "Banco de Resistência Micateck - sem uso")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
-      <c r="F54" s="4" t="inlineStr">
-[...410 lines deleted...]
-      <c r="E67" s="5" t="inlineStr">
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222413", "157")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222413", "Lote com: 08 Fim de curso industrial - sem uso ")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
-      <c r="F67" s="4" t="inlineStr">
-[...3070 lines deleted...]
-      </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222414", "158")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222414", "Painel da Rexroth")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>