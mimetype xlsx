--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,411 +269,363 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222025", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222025", " Caixa dagua 30 mil litros aprox NO ESTADO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222024", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222024", " Caixa dagua 20 mil litros aprox NO ESTADO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222026", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222026", " Compactador de lixo 15 metros Fachini NO ESTADO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222027", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222027", " 2 Caçamba 3/4 basculante  NO ESTADO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222031", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222031", " Reboque Rossetti SRBA ST3.25  com 25 metros ANO: 2010/2011 NO ESTADO.  PLACA:  KRU1H58 CHASSI: 9A9B79030B3DF5112 RENAVAM:  00280252749.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222029", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222029", " Caçamba Toco 6 metros sem tampa NO ESTADO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222030", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222030", " SEMI-REBOQUE SR / GUERRA AG SI, ANO: 2008 NO ESTADO.  PLACA:  IQT4D90 CHASSI: 9AA08152G8C076439 RENAVAM:  00966172566.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222028", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222028", " REBOQUE GUERRA AG CV -  Canavieiro, ANO: 2007 NO ESTADO.  PLACA:  EDA7592 CHASSI: 9AA07082G7C069755 RENAVAM:  00990294463.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222033", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222033", " SEMI-REBOQUE RANDON, SR BA - Baculante, ano:  2005/2006 NO ESTADO.  PLACA:  mql7f18 CHASSI: 9adb089356M223346 RENAVAM:  00865051135.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222035", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222035", " Dolly sem documento  NO ESTADO. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222034", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222034", " Carroceria Caminhão Munk NO ESTADO. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...254 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222032", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222032", " SEMI-REBOQUE GUERRA AG SI , ano: 2008 NO ESTADO.  PLACA:  IOV1C80 CHASSI: 9AA08152G8C076940 RENAVAM:  0096965319.")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>