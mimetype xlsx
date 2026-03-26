--- v0 (2025-11-13)
+++ v1 (2026-03-26)
@@ -269,1211 +269,1063 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222422", "035")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222422", "veja o vídeo!! JEEP/COMPASS TRAILHAWK D; 2020/2021; PRETA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>96.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222380", "040")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222380", "veja o vídeo!! HONDA/CIVIC TOURING CVT; 2020/2020; AZUL; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>81.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222259", "045")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222259", "veja o vídeo!! GM/ZAFIRA 2.0; 2001/2001; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222416", "047")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222416", "veja o vídeo!! HONDA/CITY DX FLEX; 2012/2012; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222230", "050")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222230", "veja o vídeo!! I/MINI COOPER S; 2010/2010; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222383", "053")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222383", "veja o vídeo!! HONDA/HR-V EX CVT; 2019/2020; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2024 OK - APROX. 45.200KM")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222247", "055")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222247", "veja o vídeo!! I/CHEVROLET AGILE LTZ; 2011/2011; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222242", "060")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222242", "veja o vídeo!! HYUNDAI/CRETA 16M ATTITU; 2017/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222254", "065")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222254", "veja o vídeo!! I/HONDA CBR 1000 RR; 2008/2008; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222249", "070")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222249", "veja o vídeo!! HONDA/HR-V EXL CVT; 2021/2021; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>41.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222417", "073")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222417", "veja o vídeo!! FIAT/LINEA ESSENCE 1.8; 2014/2015; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222250", "075")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222250", "veja o vídeo!! I/HONDA CR-V EXL; 2008/2008; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222248", "080")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222248", "veja o vídeo!! I/M. BENZ SLK 250 CGI; 2014/2014; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>82.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222235", "085")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222235", "veja o vídeo!! CHEV/SPIN 1.8L MT LS E; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO - PL. FINAL I22")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222240", "090")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222240", "veja o vídeo!! HONDA/CITY EX CVT; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>42.250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222243", "095")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222243", "veja o vídeo!! HYUNDAI/HB20 10M SENSE; 2020/2021; PRATA; ALCO./GASOL. - FUNCIONANDO - APROX. 37.000KM")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222244", "100")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222244", "FIAT PULSE AUDACE TF200 1.0; 2022; BRANCO; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>57.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222246", "105")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222246", "VW/T CROSS CL TSI AD; 2021/2021; PRETA; ALCO./GASOL.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222251", "110")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222251", "TOYOTA/FIELDER; 2004/2005; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222226", "115")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222226", "HONDA/HR-V EXL CVT; 2021/2021; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2024 OK - APROX. 38.500KM")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222234", "120")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222234", "veja o vídeo!! CITROEN/C3 120A EXCLUSIV; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222239", "125")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222239", "veja o vídeo!! I/VW SPACEFOX; 2008/2009; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222229", "130")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222229", "veja o vídeo!! I/HONDA CR-V EXL; 2010/2011; CINZA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222252", "135")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222252", "I/CHEVROLET AGILE LTZ; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222245", "140")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222245", "veja o vídeo!! CHEV/SPIN 1.8L MT LS E; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO - PL. FINAL H16")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>33.750,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222224", "145")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222224", "veja o vídeo!! I/CHEV TRACKER PREMIER; 2017/2018; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>45.250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222232", "150")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222232", "veja o vídeo!! FIAT/CRONOS 1.0; 2022/2023; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222238", "155")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222238", "veja o vídeo!! RENAULT/DUSTER 16 D 4X2; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222233", "160")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222233", "CHEVROLET/ONIX 1.4AT LTZ; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...137 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>44.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222237", "165")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222237", "veja o vídeo!! I/KIA SOUL EX 1.6 FF AT; 2011/2012; MARROM; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222255", "170")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222255", "FORD/DEL REY; 1983/1984; MARROM; ALCOOL - NÃO FUNCIONA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222241", "175")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222241", "FIAT 500 SPORT DUAL; 2009/2010; GASOLINA - FUNCIONANDO - APROX. 69.200KM")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222253", "180")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222253", "I/CITROEN C4PIC EXC A 7L; 2008/2008; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222256", "185")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222256", "CICLOMOTOR SHINERAY/50Q; 2021/2021; PRETA; GASOLINA - FUNCIONANDO ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...894 lines deleted...]
-      </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222236", "190")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222236", "veja o vídeo!! I/VW TIGUAN 2.0 TSI; 2010/2011; PRETA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222257", "500")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222257", "JOGO DE RODAS 5 FUROS ARO 18" COM PNEUS 215 X 35")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>2.650,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222258", "505")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222258", "JOGO DE RODAS ORBITAL (FUTURA) ARO 14 COM PNEUS")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>