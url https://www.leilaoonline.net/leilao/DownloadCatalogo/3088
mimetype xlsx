--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,1819 +269,1595 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222282", "017")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222282", "CAMINHÃO M. BENZ/L 1113; 1974/1974; AZUL; DIESEL; DIREÇÃO HIDRÁULICA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>26.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222276", "020")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222276", "CAMINHÃO FORD/F4000; 1989/1989; BEGE; DIESEL; MOTOR 229; DIREÇÃO HIDRÁULICA")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222320", "025")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222320", "CAMINHÃO VW/15.180 CNM; 2010/2011; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222274", "030")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222274", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2006/2006; BEGE; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222272", "033")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222272", "MICROÔNIBUS VW/KOMBI LOTAÇÃO; 2009/2010; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222339", "037")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222339", "ARRANCADOR DE AMENDOIM BM AIA-2 FLEX; ANO 2021")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222283", "038")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222283", "ARRANCADOR DE AMENDOIM; 2 LINHAS; ANO 2021")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222280", "040")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222280", "EMPILHADEIRA CLARK; MOTOR A DIESEL; CAP. 7 TONELADAS; TORRE DE 4 METROS; ANO INDEFINIDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222323", "041")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222323", "EMPILHADEIRA CLARK 7 TON")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222327", "042")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222327", "veja o vídeo!! EMPILHADEIRA CLARK; 7 TONELADAS; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223282", "043")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223282", "EMPILHADEIRA CLARK; MODELO C300HY; CAPACIDADE 2.5 TONELADAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222338", "045")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222338", "PÁ CARREGADEIRA MICHIGAN 75 III; MOTOR MERCEDES")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222341", "046")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222341", "veja o vídeo!! PÁ CARREGADEIRA W7; ANO INDEFINIDO; MOTOR PERKINS - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222345", "050")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222345", "TRATOR FORD 8 BR; SEM IDENTIFICAÇÃO DE ANO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222347", "051")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222347", "TRATOR FORD; SEM IDENTIFICAÇÃO DE ANO; MOTOR DESMONTADO; GASOLINA")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222325", "052")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222325", "TRATOR FORD; MODELO 8N; ANO DE FABRICAÇÃO DÉCADA DE 50")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222358", "053")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222358", "TRATOR VALMET 85ID.; ANO 1979 - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222329", "055")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222329", "MICRO TRATOR AGRALE")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>15.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222333", "060")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222333", "veja o vídeo!! RETROESCAVADEIRA JCB; ANO 2020; MODELO ECXB14CM2CM; 4MIL HORAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>185.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222324", "062")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222324", "RETROESCAVADEIRA  MASSEY FERGUSON; MODELO 86 HD; ANO 1987")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222321", "063")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222321", "RETROESCAVADEIRA JCB; MODELO 3CX 4X4; ANO 2016; EMPLACADA - FUNCIONANDO - PLACA FINAL 40")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>157.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...185 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222322", "064")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222322", "RETROESCAVADEIRA JCB; MODELO 3CX 4X4; ANO 2016; EMPLACADA - FUNCIONANDO - PLACA FINAL 65")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222326", "065")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222326", "GRANECAR; DIESEL; CAPACIDADE 9 TONELADAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...15 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222366", "070")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222366", "CAÇAMBA COMPACTADORA DE LIXO PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222367", "071")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222367", "CAÇAMBA COMPACTADORA DE LIXO PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222374", "072")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222374", "COMPACTADOR DE LIXO; MARCA PLANALTO; 19 METROS CUBICOS; PARA CAMINHÃO TRUCADO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222365", "075")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222365", "CARRETA DE 2 RODAS PARA 3.000 KG")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222328", "076")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222328", "CARRETA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222346", "078")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222346", "CARROCERIA DE MADEIRA; MEDIDAS: 2.20 ALTURA X 2.25 LARGURA X 4.20 COMPRIMENTO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222348", "080")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222348", "JOGO DE BANCOS HONDA FIT")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222349", "081")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222349", "BANCOS DIANTEIROS GOL BOLA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222356", "082")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222356", "BANCOS DIANTEIROS KOMBI")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222375", "085")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222375", "PLANTADEIRA JUMIL; 4 LINHAS; MODELO 2050; ANO 2005")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222360", "086")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222360", "PLANTADEIRA; MARCA BALDAN; PLANTIO DIRETO; 9 LINHAS; MODELO PPSOLO 4500")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...95 lines deleted...]
-      <c r="E24" s="5" t="inlineStr">
+      <c r="E44" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E26" s="5" t="inlineStr">
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222378", "090")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222378", "GRADE NIVELADORA 32 DISCOS")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222379", "091")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222379", "GRADE HIDRÁULICA DE 16 DISCOS")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222352", "095")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222352", "PULVERIZADOR; MARCA KO; TURBINA ALTA COM VOLUTE; CAPACIDADADE 2.000L")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222353", "096")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222353", "PULVERIZADOR; CAPACIDADE 400L")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222357", "097")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222357", "PULVERIZADOR JOHN BIN; COM PISTOLA; CAPACIDADE 400L")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222364", "101")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222364", "ROÇADEIRA BALDAN; 1,70M GIRO LIVRE")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222368", "105")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222368", "PLATAFORMA ELEVATÓRIA (PARA CAMINHÃO TOCO OU TRUCK)")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222355", "110")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222355", "MOTOR MWM; 3 CILINDROS; SEM INDENTIFICAÇÃO DE ANO; ACOPLADO EM UM REDUTOR")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222369", "111")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222369", "MOTOR MB 366; STANDER (RETIFICADO)")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222377", "115")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222377", "PLAINA NIVELADORA DE ARRASTO DE 2.45 METROS")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222372", "120")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222372", "TANQUE DE FIBRA DE 15.000 LITROS")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
-[...63 lines deleted...]
-      <c r="F28" s="4" t="inlineStr">
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222373", "121")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222373", "TANQUE DE FIBRA DE 20.000 LITROS")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222351", "125")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222351", "PARAMOTOR; ANO 2019; VITORAZZI; EVO 100; ASA SOL FLEXUS M (ACOMPANHA HÉLICES E CAPACETE) - FUNCIONANDO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222354", "130")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222354", "LOTE COM 4 ENGATES")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222376", "135")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222376", "BAÚ (PARA TRUCK); MEDIDAS: 7,70 COMPRIMENTO X 2,60 LARGURA X 2,30 ALTURA")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-[...153 lines deleted...]
-      <c r="F33" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222344", "136")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222344", "CÂMARA FRIA; MEDIDAS: 2.20 ALTURA X 2.25 LARGURA X 4.20 COMPRIMENTO")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222359", "140")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222359", "LOTE ÚNICO DE FERRAMENTAS (MAIS INFORMAÇÕES NAS ESPECIFICAÇÕES)")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222361", "145")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222361", "SEMEADEIRA MARCA KAMAQ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-[...25 lines deleted...]
-      <c r="F34" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222362", "150")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222362", "CALCAREADEIRA ADUBADEIRA VICON; CAPACIDADE 1.150 KG")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-[...25 lines deleted...]
-      <c r="F35" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222350", "155")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222350", "ANTIGUIDADE SALVADOR - PUXADO POR BOI")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-[...84 lines deleted...]
-      <c r="E38" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222370", "160")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222370", "ENSILADEIRA FORRAGEIRA JF")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F38" s="4" t="inlineStr">
-[...862 lines deleted...]
-      </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222371", "165")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/222371", "LOTE COM 2 UNIDADES DE VASSOURAS ROTATIVAS PARA ACOPLAR EM MINI CARREGADEIRA")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>