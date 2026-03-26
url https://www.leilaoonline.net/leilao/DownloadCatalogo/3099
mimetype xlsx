--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223121", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223121", " SUCATA DISTRIBUIDOR")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223101", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223101", " CABINE NEW HOLLAND")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223118", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223118", " TANQUE DISTRIBUIDOR")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223119", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223119", " TANQUE 02 EIXOS")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223126", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223126", " TANQUE DISTRIBUIDOR")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223102", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223102", " ENSILADEIRA")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223108", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223108", " ENSILADEIRA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223114", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223114", " TANQUE MEPEL")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223113", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223113", " TANQUE 01 EIXO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223103", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223103", " CABINE VALTRA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223106", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223106", " CABINE CASE MX")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223104", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223104", " CABINE NEW HOLLAND")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223116", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223116", " ROÇADEIRA DUPLA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223109", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223109", " CABINE VALMET")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223105", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223105", " CABINE FORD")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223120", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223120", " SUPORTE COM LÂMINA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223125", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223125", " CONCHA TRASEIRA")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223111", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223111", " MOTOR MERCEDES 352")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223117", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223117", " MOTOR MERCEDES 352")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223124", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223124", " PLATAFORMA NEW HOLLAND")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223112", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223112", " TANQUE 02 EIXOS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223110", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223110", " Lote com:4 MOTORES MERCEDES")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>6.800,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223107", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223107", " RETROESCAVADEIRA 86HD - 1990")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...717 lines deleted...]
-      </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223122", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223122", " Trator VALTRA BL 4X2 2005")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223115", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223115", " Trator VALTRA BM 125 4X4 - 2010")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223123", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223123", " Trator VALTRA 1680 4X4 2001")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223127", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223127", "CABINE VALTRA BH")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>