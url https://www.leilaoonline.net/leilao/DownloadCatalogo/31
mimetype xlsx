--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,411 +269,363 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/846", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/846", " Fiat Strada Working  Placa: CZA 0391 Ano: 2000/2000")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>7.200,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/844", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/844", " Fiat Fiorino IE  Placa: BFW 6141 Ano: 1994/1994")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/848", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/848", " Honda CG 125  Placa: CVG 2396 Ano: 1987/1988")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/849", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/849", " Retroescavadeira Fiati Allis   Placa: CDZ 8802 Ano: 1992/1992")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/847", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/847", " Ford F4000  Placa: CVK 2074 Ano; 1980/1981")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>16.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/845", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/845", " Ford F350  Placa: CVK 2083 Ano: 1970/1970")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/850", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/850", " Conjunto motobomba INI com base carreta rodoviária com motor CUMMINS  317 cv. Vazão: 240 m³/h  Placa: FUS 7281 Ano: 2015/2015 ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/851", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/851", " Sundown Max 125 Sed Placa: CRX 3605 Ano: 2007/2008 ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/852", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/852", " Sundown Max 125 Sed Placa: CRX 3632 Ano: 2007/2008")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/853", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/853", " Honda CG 125 Titan Placa: CFJ 8088 Ano: 1997/1997")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...106 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/854", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/854", " Honda CG 125 Fan placa CRX 3604 Ano: 2006/2006")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...94 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/855", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/855", " Gerador Diesel, mod; 375 KVA,  Motor SCANIA V8,  ano:  2007")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>