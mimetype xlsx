--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,923 +269,811 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223144", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223144", " VW Caminhão 17.250 CNC-Constelation - 2011")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223149", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223149", " VW Caminhão 17.250 CNC-Constelation - 2011")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223139", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223139", " VW Caminhão 17.250 CNC-Constelation - 2011")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223131", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223131", " VW Caminhão 17.250 CNC-Constelation - 2011")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223128", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223128", " Escavadeira Liebherr 954 - 2009")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>220.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223142", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223142", " Motoniveladora Fiat FG 70 - 1987")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223152", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223152", " Pá Carregadeira New Holland G110W 130 - 2006")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223137", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223137", " Rolo Compactador Dynapac Tanden CC21 - 1991")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223141", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223141", " Rolo Compactador Dynapac CG 11 - 1982")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223148", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223148", " Retroescavadeira JCB 3C - 2011")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223153", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223153", " Retroescavadeira JCB 3C - 2011")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223155", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223155", " Retroescavadeira JCB 3C - 2011")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223132", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223132", " Retroescavadeira JCB 3C - 2011")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223147", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223147", " Retroescavadeira JCB 3C - 2011")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223138", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223138", " Retroescavadeira JCB 3C - 2011")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223135", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223135", " Retroescavadeira JCB 3C - 2011")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223130", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223130", " Retroescavadeira JCB 3C - 2011")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223133", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223133", " Retroescavadeira JCB 3C - 2011 - ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223136", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223136", " Retroescavadeira JCB 3C - 2011")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223154", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223154", " Retroescavadeira JCB 3C - 2011")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223129", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223129", " Retroescavadeira JCB 3C - 2011")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223145", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223145", " Retroescavadeira JCB 3C - 2011")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223134", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223134", " Retroescavadeira JCB 3C - 2011")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223140", "027")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223140", " Retroescavadeira JCB 3C - 2011")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223146", "028")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223146", " Retroescavadeira JCB 3C - 2011")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223150", "030")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223150", " Trator de Esteira Caterpillar D6-C - 1972")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>115.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223143", "031")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223143", " Trator de Esteira Caterpillar D6-C - 1975")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223151", "032")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223151", " Vibro Acabadora Cifalli VDA 214 - 1986")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>