--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,1627 +269,1427 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223362", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223362", " 110 unid. ARMAÇÕES DE ÓCULOS")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223375", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223375", " 90 Unid. ARMAÇÕES DE ÓCULOS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223364", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223364", " 100 UNID. ARMAÇÕES PUMMA   CX")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223379", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223379", " 100 UNID. ARMAÇÕES PUMMA   CX")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223378", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223378", " 50 BANDEJAS DE PLÁSTICO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223373", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223373", " 50 BANDEJAS DE PLÁSTICO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223370", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223370", " 3 UNID. PALETEIRA MANUAL")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223372", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223372", " 06 UN. DE CAIXA DE INCÊNDIO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223376", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223376", "[ VÍDEO ] 01 UNID. MAPOTECA PANDIM EM AÇO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223371", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223371", " 01 MAPOTECA PANDIM EM AÇO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223377", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223377", " Kit Parafuso Estr. Sextavado A325   Arruela   Porca Zincado")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223374", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223374", " Kit Parafuso Estr. Sextavado A325   Arruela   Porca Zincado")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...20 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223368", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223368", " 35 UNID. TORRE VAZIA DELL ORIGINAL")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223363", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223363", " 01 UNID. APARADOR / BANCADA")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223365", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223365", " 01 UNID. APARADOR / BANCADA")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223369", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223369", " 02 COIFA COM MOTOR")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223367", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223367", " 07 UNID. RACK VERTICAL SERVIDOR")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...20 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223366", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223366", " 01 PÓRTICO / PONTE ROLANTE")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223343", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223343", " Controlador De Motor Ab 150-c251ncd Trifásico 50/60hz Allen")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226112", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226112", "Máquina de Solda BGA. Retrabalho Ir Altamente Flexível. Ir/pl 550 A Ersa.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223348", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223348", " APROX. 220 UN. - PISOS ELEVADO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223332", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223332", " 10 UN. GAVETEIRO ROLANTE - MARCA RICCO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223354", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223354", " 05 UN. Cassete Hidrônico York c/ Controle")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223350", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223350", " 05 UN. Cassete Hidrônico York c/ Controle")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223338", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223338", " REFRIGERADOR VERTICAL")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223352", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223352", " 37 UN. - MOTOR COM REDUTOR 80X1 ( 1,5)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223334", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223334", " 7 un. - MOTOR COM REDUTOR 80X1 (0,5CV)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223347", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223347", " Nobreak NHS Premin PDV Max   Módulo Expansão Baterias")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223353", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223353", " Nobreak SMS Sinus Double II")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223340", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223340", " Nobreak Eaton E Series DX")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223331", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223331", " Nobreak Eaton E Series DX")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223346", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223346", " MÓDULO LIGA/DESLIGA EATON")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223341", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223341", " Nobreak APC Galaxy 5000   Armoire Batterie")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223335", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223335", " PAINEL DE CONTROLE")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223342", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223342", " PAINEL DE CONTROLE")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223339", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223339", " PAINEL DE CONTROLE")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223333", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223333", " PAINEL DE CONTROLE")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223345", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223345", " PAINEL DE CONTROLE")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223344", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223344", " PAINEL DE CONTROLE")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223349", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223349", " PAINEL DE CONTROLE")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223336", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223336", " PAINEL DE CONTROLE")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223337", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223337", " PAINEL DE CONTROLE")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223351", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223351", " 90 un. - DUTO VENTILADO GALVANIZADO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223330", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223330", " 90 un. - DUTO VENTILADO GALVANIZADO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223357", "046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223357", " 7 UN. Pé Direito em Ferro")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223360", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223360", " 5 UN. MESA ERGONÔMICA")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223356", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223356", " 5 UN. MESA ERGONÔMICA")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...52 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223359", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223359", " 10 UN. ARMÁRIO MULTIUSO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>180.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223358", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223358", " 2 UN. SELADORA CONJUGADA DELTA PACK")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...1342 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223361", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223361", "CHILLER TRANE 7 KVA")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>