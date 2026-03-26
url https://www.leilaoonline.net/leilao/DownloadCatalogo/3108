--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225481", "025")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225481", "veja o vídeo!! FIAT/STRADA ENDURANCE CS; 2022/2022; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2024 OK - APROX. 20.300KM")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>58.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223832", "030")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223832", "veja o vídeo!! FIAT/FIORINO HD WK E; 2018/2019; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223835", "035")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223835", "FIAT/DUCATO MAXI; 2001/2002; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>16.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223836", "040")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223836", "HYUNDAI HR; CAMINHONETE CARGA FECHADA; 2011/2011; BRANCA; DIESEL - FUNCIONANDO ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223833", "045")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223833", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2012/2013; PRATA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>88.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223831", "050")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223831", "veja o vídeo!! FIAT/FIORINO ENDURANCE; 2021/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223834", "055")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223834", "veja o vídeo!! CHEVROLET/MONTANA LS2; 2016/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>